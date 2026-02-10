--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -1,56 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\LeaBOOTH(DBT)\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{61745D99-BD57-4057-85A9-FE504FED3B99}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1BD31E62-C5AA-4912-A384-411135072616}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="RB_register_of_interest" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">RB_register_of_interest!$A$1:$I$46</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -845,55 +846,50 @@
   </si>
   <si>
     <t>Joint owner of family home</t>
   </si>
   <si>
     <t>Paul Wallace</t>
   </si>
   <si>
     <t>None.
 NB: I am in the process of working my notice period (3-months, ending 30 Sept-25) from my current role – before retirement.
 I will then be in receipt of a pension (Civil Service).</t>
   </si>
   <si>
     <t>None – outside of joint ownership of family home.</t>
   </si>
   <si>
     <t xml:space="preserve">• Elected member of the Royal Economic Council
 • Trustee of the Royal Economic Society
 • Member of the National Statistician’s Inclusive Data Advisory Committee
 </t>
   </si>
   <si>
     <t>Mark Hamilton</t>
   </si>
   <si>
-    <t>• Marshel Advisory Limited (Owner/Director)
-[...3 lines deleted...]
-  <si>
     <t>Board Governors, Sullivan Upper School, Holywood, County Down</t>
   </si>
   <si>
     <t>Private domestic only</t>
   </si>
   <si>
     <t>Bank of England - Employee</t>
   </si>
   <si>
     <t>Frances Hill</t>
   </si>
   <si>
     <t>No direct shareholdings</t>
   </si>
   <si>
     <t>Own two properties jointly with husband – our residential property in the UK and a second home overseas</t>
   </si>
   <si>
     <t>Dr Rebecca Driver</t>
   </si>
   <si>
     <t>Sole owner of Analytically Driven Ltd
 No other direct shareholdings.</t>
   </si>
   <si>
@@ -1002,50 +998,56 @@
   </si>
   <si>
     <t>• Member, Finance &amp; Leasing Association’s Stakeholder Advisory Panel
 • Member, Headcorn Matters Steering Group.
 • Member, Society of Professional Economists</t>
   </si>
   <si>
     <t>• IAG shareholder
 • Shares held in stocks &amp; shares ISAs</t>
   </si>
   <si>
     <t>• Trustee Director, BT Pension Scheme.
 • Members’ Panel National Employment Savings Trust (NEST)</t>
   </si>
   <si>
     <t>• Member of the Labour Party
 • Member of the Cooperative Party</t>
   </si>
   <si>
     <t>• Associate Non- Executive Member Nottingham University Hospitals NHS Trust
 • Self-employed Employment Relations Expert</t>
   </si>
   <si>
     <t>• Board of the Competition Service as a Non-Executive Director and Chair of Audit and Risk Assurance Committee
 • Director, Analytically Driven Ltd</t>
+  </si>
+  <si>
+    <t>• Marshel Advisory Limited (Owner/Director)
+• Parole Board England and Wales
+• Utility Regulator Northern Ireland
+• Associate of The Health and Social Care Leadership Centre (Belfast)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\-mmm\-yyyy"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
@@ -1563,52 +1565,52 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:CDU52"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G7" sqref="G7"/>
+      <pane ySplit="1" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="G15" sqref="G15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="39.140625" style="18" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" style="18" customWidth="1"/>
     <col min="3" max="3" width="34.42578125" style="18" customWidth="1"/>
     <col min="4" max="4" width="28.7109375" style="18" customWidth="1"/>
     <col min="5" max="5" width="32.5703125" style="18" customWidth="1"/>
     <col min="6" max="6" width="19.85546875" style="18" customWidth="1"/>
     <col min="7" max="7" width="31.140625" style="18" customWidth="1"/>
     <col min="8" max="8" width="25.42578125" style="18" customWidth="1"/>
     <col min="9" max="9" width="15.7109375" style="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2153" ht="30" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
@@ -1675,83 +1677,83 @@
       </c>
       <c r="E3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>10</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I3" s="9">
         <v>44218</v>
       </c>
     </row>
     <row r="4" spans="1:2153" ht="72" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>10</v>
       </c>
       <c r="H4" s="7" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="9">
         <v>45058</v>
       </c>
     </row>
     <row r="5" spans="1:2153" ht="108" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="D5" s="7" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>25</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>156</v>
       </c>
       <c r="I5" s="9">
         <v>44784</v>
       </c>
     </row>
     <row r="6" spans="1:2153" ht="36" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="7" t="s">
@@ -1762,51 +1764,51 @@
       </c>
       <c r="E6" s="10" t="s">
         <v>29</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>30</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>10</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I6" s="9">
         <v>43980</v>
       </c>
     </row>
     <row r="7" spans="1:2153" ht="48" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>32</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>34</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>35</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I7" s="9">
         <v>44972</v>
       </c>
     </row>
     <row r="8" spans="1:2153" ht="36" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B8" s="6" t="s">
@@ -1849,63 +1851,63 @@
       </c>
       <c r="E9" s="7" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>10</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I9" s="9">
         <v>44319</v>
       </c>
     </row>
     <row r="10" spans="1:2153" ht="71.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="39" t="s">
         <v>180</v>
       </c>
       <c r="B10" s="40" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="13" t="s">
+        <v>237</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="E10" s="21" t="s">
         <v>181</v>
       </c>
       <c r="F10" s="41" t="s">
         <v>182</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="H10" s="41" t="s">
         <v>183</v>
       </c>
       <c r="I10" s="42">
         <v>45880</v>
       </c>
     </row>
     <row r="11" spans="1:2153" s="1" customFormat="1" ht="24" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
@@ -6224,51 +6226,51 @@
       <c r="CDF12"/>
       <c r="CDG12"/>
       <c r="CDH12"/>
       <c r="CDI12"/>
       <c r="CDJ12"/>
       <c r="CDK12"/>
       <c r="CDL12"/>
       <c r="CDM12"/>
       <c r="CDN12"/>
       <c r="CDO12"/>
       <c r="CDP12"/>
       <c r="CDQ12"/>
       <c r="CDR12"/>
       <c r="CDS12"/>
       <c r="CDT12"/>
       <c r="CDU12"/>
     </row>
     <row r="13" spans="1:2153" s="1" customFormat="1" ht="36" x14ac:dyDescent="0.25">
       <c r="A13" s="11" t="s">
         <v>52</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>56</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I13" s="12">
         <v>45127</v>
       </c>
       <c r="J13"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
@@ -8400,51 +8402,51 @@
       <c r="CDI13"/>
       <c r="CDJ13"/>
       <c r="CDK13"/>
       <c r="CDL13"/>
       <c r="CDM13"/>
       <c r="CDN13"/>
       <c r="CDO13"/>
       <c r="CDP13"/>
       <c r="CDQ13"/>
       <c r="CDR13"/>
       <c r="CDS13"/>
       <c r="CDT13"/>
       <c r="CDU13"/>
     </row>
     <row r="14" spans="1:2153" s="1" customFormat="1" ht="72" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
         <v>148</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>149</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I14" s="12">
         <v>45633</v>
       </c>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14"/>
@@ -10562,68 +10564,68 @@
       <c r="CCX14"/>
       <c r="CCY14"/>
       <c r="CCZ14"/>
       <c r="CDA14"/>
       <c r="CDB14"/>
       <c r="CDC14"/>
       <c r="CDD14"/>
       <c r="CDE14"/>
       <c r="CDF14"/>
       <c r="CDG14"/>
       <c r="CDH14"/>
       <c r="CDI14"/>
       <c r="CDJ14"/>
       <c r="CDK14"/>
       <c r="CDL14"/>
       <c r="CDM14"/>
       <c r="CDN14"/>
       <c r="CDO14"/>
       <c r="CDP14"/>
       <c r="CDQ14"/>
       <c r="CDR14"/>
       <c r="CDS14"/>
       <c r="CDT14"/>
       <c r="CDU14"/>
     </row>
-    <row r="15" spans="1:2153" s="1" customFormat="1" ht="48" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:2153" s="1" customFormat="1" ht="72" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
         <v>217</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="13" t="s">
+        <v>252</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="E15" s="11" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="G15" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H15" s="11" t="s">
         <v>10</v>
       </c>
       <c r="I15" s="12">
         <v>46000</v>
       </c>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
@@ -14928,51 +14930,51 @@
       <c r="CDR16"/>
       <c r="CDS16"/>
       <c r="CDT16"/>
       <c r="CDU16"/>
     </row>
     <row r="17" spans="1:2153" s="1" customFormat="1" ht="48" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>60</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>61</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="H17" s="11" t="s">
         <v>10</v>
       </c>
       <c r="I17" s="12">
         <v>44755</v>
       </c>
       <c r="J17"/>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17"/>
       <c r="X17"/>
       <c r="Y17"/>
       <c r="Z17"/>
       <c r="AA17"/>
@@ -17089,54 +17091,54 @@
       <c r="CDF17"/>
       <c r="CDG17"/>
       <c r="CDH17"/>
       <c r="CDI17"/>
       <c r="CDJ17"/>
       <c r="CDK17"/>
       <c r="CDL17"/>
       <c r="CDM17"/>
       <c r="CDN17"/>
       <c r="CDO17"/>
       <c r="CDP17"/>
       <c r="CDQ17"/>
       <c r="CDR17"/>
       <c r="CDS17"/>
       <c r="CDT17"/>
       <c r="CDU17"/>
     </row>
     <row r="18" spans="1:2153" s="1" customFormat="1" ht="72" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>150</v>
       </c>
       <c r="B18" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>159</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="H18" s="11" t="s">
         <v>10</v>
       </c>
       <c r="I18" s="12">
         <v>45632</v>
       </c>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
@@ -19347,51 +19349,51 @@
       </c>
       <c r="E21" s="6" t="s">
         <v>75</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>46</v>
       </c>
       <c r="G21" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I21" s="9">
         <v>43466</v>
       </c>
     </row>
     <row r="22" spans="1:2153" ht="60" x14ac:dyDescent="0.25">
       <c r="A22" s="6" t="s">
         <v>209</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>210</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>211</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>212</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I22" s="9">
         <v>45837</v>
       </c>
     </row>
     <row r="23" spans="1:2153" ht="84" x14ac:dyDescent="0.25">
       <c r="A23" s="6" t="s">
         <v>77</v>
       </c>
       <c r="B23" s="6" t="s">
@@ -21607,51 +21609,51 @@
       <c r="CDF25" s="23"/>
       <c r="CDG25" s="23"/>
       <c r="CDH25" s="23"/>
       <c r="CDI25" s="23"/>
       <c r="CDJ25" s="23"/>
       <c r="CDK25" s="23"/>
       <c r="CDL25" s="23"/>
       <c r="CDM25" s="23"/>
       <c r="CDN25" s="23"/>
       <c r="CDO25" s="23"/>
       <c r="CDP25" s="23"/>
       <c r="CDQ25" s="23"/>
       <c r="CDR25" s="23"/>
       <c r="CDS25" s="23"/>
       <c r="CDT25" s="23"/>
       <c r="CDU25" s="23"/>
     </row>
     <row r="26" spans="1:2153" s="34" customFormat="1" ht="48" x14ac:dyDescent="0.25">
       <c r="A26" s="31" t="s">
         <v>161</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>81</v>
       </c>
       <c r="C26" s="32" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>162</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G26" s="31" t="s">
         <v>10</v>
       </c>
       <c r="H26" s="35" t="s">
         <v>10</v>
       </c>
       <c r="I26" s="33">
         <v>45870</v>
       </c>
       <c r="J26" s="36"/>
       <c r="K26" s="36"/>
       <c r="L26" s="36"/>
       <c r="M26" s="36"/>
       <c r="N26" s="36"/>
       <c r="O26" s="36"/>
@@ -21752,51 +21754,51 @@
       <c r="DF26" s="36"/>
       <c r="DG26" s="36"/>
       <c r="DH26" s="36"/>
       <c r="DI26" s="36"/>
       <c r="DJ26" s="36"/>
       <c r="DK26" s="36"/>
       <c r="DL26" s="36"/>
       <c r="DM26" s="36"/>
       <c r="DN26" s="36"/>
       <c r="DO26" s="36"/>
       <c r="DP26" s="36"/>
       <c r="DQ26" s="36"/>
       <c r="DR26" s="36"/>
     </row>
     <row r="27" spans="1:2153" s="34" customFormat="1" ht="96" x14ac:dyDescent="0.25">
       <c r="A27" s="31" t="s">
         <v>165</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>81</v>
       </c>
       <c r="C27" s="31" t="s">
         <v>166</v>
       </c>
       <c r="D27" s="32" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="E27" s="32" t="s">
         <v>167</v>
       </c>
       <c r="F27" s="31" t="s">
         <v>10</v>
       </c>
       <c r="G27" s="31" t="s">
         <v>10</v>
       </c>
       <c r="H27" s="32" t="s">
         <v>168</v>
       </c>
       <c r="I27" s="33">
         <v>45870</v>
       </c>
       <c r="J27" s="36"/>
       <c r="K27" s="36"/>
       <c r="L27" s="36"/>
       <c r="M27" s="36"/>
       <c r="N27" s="36"/>
       <c r="O27" s="36"/>
       <c r="P27" s="36"/>
       <c r="Q27" s="36"/>
       <c r="R27" s="36"/>
@@ -26236,51 +26238,51 @@
       <c r="CDI29" s="29"/>
       <c r="CDJ29" s="29"/>
       <c r="CDK29" s="29"/>
       <c r="CDL29" s="29"/>
       <c r="CDM29" s="29"/>
       <c r="CDN29" s="29"/>
       <c r="CDO29" s="29"/>
       <c r="CDP29" s="29"/>
       <c r="CDQ29" s="29"/>
       <c r="CDR29" s="29"/>
       <c r="CDS29" s="29"/>
       <c r="CDT29" s="29"/>
       <c r="CDU29" s="29"/>
     </row>
     <row r="30" spans="1:2153" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="A30" s="11" t="s">
         <v>147</v>
       </c>
       <c r="B30" s="11" t="s">
         <v>81</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G30" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H30" s="11" t="s">
         <v>10</v>
       </c>
       <c r="I30" s="12">
         <v>45572</v>
       </c>
       <c r="J30"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
@@ -32932,51 +32934,51 @@
       </c>
       <c r="G38" s="7" t="s">
         <v>10</v>
       </c>
       <c r="H38" s="7" t="s">
         <v>196</v>
       </c>
       <c r="I38" s="16">
         <v>45840</v>
       </c>
     </row>
     <row r="39" spans="1:2153" ht="132" x14ac:dyDescent="0.25">
       <c r="A39" s="7" t="s">
         <v>197</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>91</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>198</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>199</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>200</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>10</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I39" s="16">
         <v>45840</v>
       </c>
     </row>
     <row r="40" spans="1:2153" ht="24" x14ac:dyDescent="0.25">
       <c r="A40" s="6" t="s">
         <v>99</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>91</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>100</v>
       </c>
       <c r="D40" s="7" t="s">
@@ -35157,54 +35159,54 @@
       <c r="CDF41"/>
       <c r="CDG41"/>
       <c r="CDH41"/>
       <c r="CDI41"/>
       <c r="CDJ41"/>
       <c r="CDK41"/>
       <c r="CDL41"/>
       <c r="CDM41"/>
       <c r="CDN41"/>
       <c r="CDO41"/>
       <c r="CDP41"/>
       <c r="CDQ41"/>
       <c r="CDR41"/>
       <c r="CDS41"/>
       <c r="CDT41"/>
       <c r="CDU41"/>
     </row>
     <row r="42" spans="1:2153" s="1" customFormat="1" ht="252" x14ac:dyDescent="0.25">
       <c r="A42" s="11" t="s">
         <v>152</v>
       </c>
       <c r="B42" s="11" t="s">
         <v>106</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="D42" s="2" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I42" s="12">
         <v>45575</v>
       </c>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42"/>
       <c r="R42"/>
@@ -43849,167 +43851,167 @@
       <c r="CDF45"/>
       <c r="CDG45"/>
       <c r="CDH45"/>
       <c r="CDI45"/>
       <c r="CDJ45"/>
       <c r="CDK45"/>
       <c r="CDL45"/>
       <c r="CDM45"/>
       <c r="CDN45"/>
       <c r="CDO45"/>
       <c r="CDP45"/>
       <c r="CDQ45"/>
       <c r="CDR45"/>
       <c r="CDS45"/>
       <c r="CDT45"/>
       <c r="CDU45"/>
     </row>
     <row r="46" spans="1:2153" ht="144" x14ac:dyDescent="0.25">
       <c r="A46" s="6" t="s">
         <v>120</v>
       </c>
       <c r="B46" s="7" t="s">
         <v>143</v>
       </c>
       <c r="C46" s="22" t="s">
+        <v>228</v>
+      </c>
+      <c r="D46" s="7" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F46" s="22" t="s">
         <v>158</v>
       </c>
       <c r="G46" s="6" t="s">
         <v>121</v>
       </c>
       <c r="H46" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I46" s="16">
         <v>44695</v>
       </c>
     </row>
     <row r="47" spans="1:2153" ht="120" x14ac:dyDescent="0.25">
       <c r="A47" s="6" t="s">
         <v>122</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>124</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>125</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>126</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>127</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>128</v>
       </c>
       <c r="I47" s="16">
         <v>43466</v>
       </c>
     </row>
     <row r="48" spans="1:2153" ht="84" x14ac:dyDescent="0.25">
       <c r="A48" s="6" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E48" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="F48" s="7" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G48" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H48" s="7" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="I48" s="16">
         <v>45951</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A49" s="6" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D49" s="7" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="F49" s="7" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H49" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I49" s="16">
         <v>45951</v>
       </c>
     </row>
     <row r="50" spans="1:9" ht="84" x14ac:dyDescent="0.25">
       <c r="A50" s="6" t="s">
         <v>132</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D50" s="7" t="s">
         <v>146</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>133</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>134</v>
       </c>
       <c r="G50" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H50" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I50" s="16">
         <v>45505</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="36" x14ac:dyDescent="0.25">
       <c r="A51" s="6" t="s">
         <v>203</v>
       </c>
       <c r="B51" s="6" t="s">
@@ -44049,50 +44051,56 @@
       </c>
       <c r="D52" s="19" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="19" t="s">
         <v>10</v>
       </c>
       <c r="F52" s="19" t="s">
         <v>10</v>
       </c>
       <c r="G52" s="19" t="s">
         <v>10</v>
       </c>
       <c r="H52" s="43" t="s">
         <v>10</v>
       </c>
       <c r="I52" s="44">
         <v>45923</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I46" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
   <pageSetup paperSize="9" scale="21" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{c1c05e37-788c-4c59-b50e-5c98323c0a70}" enabled="1" method="Standard" siteId="{8fa217ec-33aa-46fb-ad96-dfe68006bb86}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>RB_register_of_interest</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>