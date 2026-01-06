--- v0 (2026-01-05)
+++ v1 (2026-01-06)
@@ -1309,51 +1309,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CE1F37">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007F5AF0" w:rsidRPr="00CE1F37">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LPC 2025/07</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E860C42" w14:textId="4E049835" w:rsidR="00203BD0" w:rsidRPr="00CE1F37" w:rsidRDefault="00203BD0" w:rsidP="00203BD0">
+    <w:p w14:paraId="4E860C42" w14:textId="461EA56F" w:rsidR="00203BD0" w:rsidRPr="00CE1F37" w:rsidRDefault="00203BD0" w:rsidP="00203BD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE1F37">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You are invited to </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE1F37">
         <w:rPr>
@@ -1371,51 +1371,83 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00147DA3" w:rsidRPr="00CE1F37">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for research </w:t>
       </w:r>
       <w:r w:rsidR="00FF67E6" w:rsidRPr="00CE1F37">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>relating to</w:t>
       </w:r>
       <w:r w:rsidR="00255B73" w:rsidRPr="00CE1F37">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Apprentice Rate of the minimum wage</w:t>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4B3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">youth and </w:t>
+      </w:r>
+      <w:r w:rsidR="00255B73" w:rsidRPr="00CE1F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apprentice Rate</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4B3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00255B73" w:rsidRPr="00CE1F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the minimum wage</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE1F37">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07911B78" w14:textId="319B913C" w:rsidR="00203BD0" w:rsidRPr="00CE1F37" w:rsidRDefault="00203BD0" w:rsidP="006917ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -24877,55 +24909,55 @@
                                 <a:tailEnd/>
                               </a:ln>
                               <a:extLst>
                                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                   <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                     <a:noFill/>
                                   </a14:hiddenFill>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="5EC77E9E" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                    <v:shapetype w14:anchorId="212BF2BA" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                       <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                       <o:lock v:ext="edit" shapetype="t"/>
                     </v:shapetype>
-                    <v:shape id="Straight Arrow Connector 6" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:0;margin-top:.1pt;width:454.5pt;height:0;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq+QIRuAEAAFYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L44DZN2MOD2k6y7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJWmy3oT4IlEg+Pj7Sq9vj6MTBEFv0raxncymMV6it71v5++n+0xcp&#10;OILX4NCbVp4My9v1xw+rKTRmgQM6bUgkEM/NFFo5xBiaqmI1mBF4hsH45OyQRojpSn2lCaaEPrpq&#10;MZ9/riYkHQiVYU6vdy9OuS74XWdU/NV1bKJwrUzcYjmpnLt8VusVND1BGKw604D/YDGC9anoFeoO&#10;Iog92X+gRqsIGbs4UzhW2HVWmdJD6qae/9XN4wDBlF6SOByuMvH7waqfh43fUqaujv4xPKB6ZuFx&#10;M4DvTSHwdAppcHWWqpoCN9eUfOGwJbGbfqBOMbCPWFQ4djRmyNSfOBaxT1exzTEKlR6XNzeLeplm&#10;oi6+CppLYiCO3w2OIhut5Ehg+yFu0Ps0UqS6lIHDA8dMC5pLQq7q8d46VybrvJha+XW5WJYERmd1&#10;duYwpn63cSQOkHejfKXH5HkbRrj3uoANBvS3sx3Buhc7FXf+LE1WI68eNzvUpy1dJEvDKyzPi5a3&#10;4+29ZL/+Dus/AAAA//8DAFBLAwQUAAYACAAAACEAlzOE+tYAAAACAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQUvDQBCF74L/YRnBi9jdBhQTMylF8ODRtuB1mx2TaHY2ZDdN7K93etLjxxve+6bcLL5X&#10;JxpjFxhhvTKgiOvgOm4QDvvX+ydQMVl2tg9MCD8UYVNdX5W2cGHmdzrtUqOkhGNhEdqUhkLrWLfk&#10;bVyFgViyzzB6mwTHRrvRzlLue50Z86i97VgWWjvQS0v1927yCBSnh7XZ5r45vJ3nu4/s/DUPe8Tb&#10;m2X7DCrRkv6O4aIv6lCJ0zFM7KLqEeSRhJCBkiw3ueDxgroq9X/16hcAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCq+QIRuAEAAFYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCXM4T61gAAAAIBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;"/>
+                    <v:shape id="Straight Arrow Connector 6" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:0;margin-top:.1pt;width:454.5pt;height:0;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq+QIRuAEAAFYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L44DZN2MOD2k6y7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJWmy3oT4IlEg+Pj7Sq9vj6MTBEFv0raxncymMV6it71v5++n+0xcp&#10;OILX4NCbVp4My9v1xw+rKTRmgQM6bUgkEM/NFFo5xBiaqmI1mBF4hsH45OyQRojpSn2lCaaEPrpq&#10;MZ9/riYkHQiVYU6vdy9OuS74XWdU/NV1bKJwrUzcYjmpnLt8VusVND1BGKw604D/YDGC9anoFeoO&#10;Iog92X+gRqsIGbs4UzhW2HVWmdJD6qae/9XN4wDBlF6SOByuMvH7waqfh43fUqaujv4xPKB6ZuFx&#10;M4DvTSHwdAppcHWWqpoCN9eUfOGwJbGbfqBOMbCPWFQ4djRmyNSfOBaxT1exzTEKlR6XNzeLeplm&#10;oi6+CppLYiCO3w2OIhut5Ehg+yFu0Ps0UqS6lIHDA8dMC5pLQq7q8d46VybrvJha+XW5WJYERmd1&#10;duYwpn63cSQOkHejfKXH5HkbRrj3uoANBvS3sx3Buhc7FXf+LE1WI68eNzvUpy1dJEvDKyzPi5a3&#10;4+29ZL/+Dus/AAAA//8DAFBLAwQUAAYACAAAACEAlzOE+tYAAAACAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQUvDQBCF74L/YRnBi9jdBhQTMylF8ODRtuB1mx2TaHY2ZDdN7K93etLjxxve+6bcLL5X&#10;JxpjFxhhvTKgiOvgOm4QDvvX+ydQMVl2tg9MCD8UYVNdX5W2cGHmdzrtUqOkhGNhEdqUhkLrWLfk&#10;bVyFgViyzzB6mwTHRrvRzlLue50Z86i97VgWWjvQS0v1927yCBSnh7XZ5r45vJ3nu4/s/DUPe8Tb&#10;m2X7DCrRkv6O4aIv6lCJ0zFM7KLqEeSRhJCBkiw3ueDxgroq9X/16hcAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCq+QIRuAEAAFYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCXM4T61gAAAAIBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00CE1F37">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="28"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Interpretation</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53375531" w14:textId="22C839C2" w:rsidR="001561F7" w:rsidRPr="00CE1F37" w:rsidRDefault="001561F7" w:rsidP="001561F7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
@@ -39104,51 +39136,50 @@
     <w:rsid w:val="00147DA3"/>
     <w:rsid w:val="001561F7"/>
     <w:rsid w:val="0016601E"/>
     <w:rsid w:val="0016669C"/>
     <w:rsid w:val="001673F2"/>
     <w:rsid w:val="00174EF5"/>
     <w:rsid w:val="00183FD7"/>
     <w:rsid w:val="00193510"/>
     <w:rsid w:val="00196699"/>
     <w:rsid w:val="00197BC4"/>
     <w:rsid w:val="001B5D8D"/>
     <w:rsid w:val="001B600A"/>
     <w:rsid w:val="001D0561"/>
     <w:rsid w:val="001D451E"/>
     <w:rsid w:val="001D7033"/>
     <w:rsid w:val="001E2D9B"/>
     <w:rsid w:val="001E2FEF"/>
     <w:rsid w:val="001E41B1"/>
     <w:rsid w:val="001E71AC"/>
     <w:rsid w:val="00200953"/>
     <w:rsid w:val="002015F6"/>
     <w:rsid w:val="00203BD0"/>
     <w:rsid w:val="002066CA"/>
     <w:rsid w:val="00212B5E"/>
     <w:rsid w:val="002161B8"/>
-    <w:rsid w:val="00217081"/>
     <w:rsid w:val="00217894"/>
     <w:rsid w:val="00217F10"/>
     <w:rsid w:val="00217F40"/>
     <w:rsid w:val="00225975"/>
     <w:rsid w:val="00231798"/>
     <w:rsid w:val="002326F6"/>
     <w:rsid w:val="002356B4"/>
     <w:rsid w:val="00236D50"/>
     <w:rsid w:val="0023745D"/>
     <w:rsid w:val="00240534"/>
     <w:rsid w:val="00240B0B"/>
     <w:rsid w:val="00247176"/>
     <w:rsid w:val="0025312B"/>
     <w:rsid w:val="0025467C"/>
     <w:rsid w:val="00255B73"/>
     <w:rsid w:val="002774AD"/>
     <w:rsid w:val="00277CF1"/>
     <w:rsid w:val="00293FF2"/>
     <w:rsid w:val="0029439C"/>
     <w:rsid w:val="002A105B"/>
     <w:rsid w:val="002A336C"/>
     <w:rsid w:val="002B0BDA"/>
     <w:rsid w:val="002B2AD0"/>
     <w:rsid w:val="002B705A"/>
     <w:rsid w:val="002C091E"/>
@@ -39176,50 +39207,51 @@
     <w:rsid w:val="00326291"/>
     <w:rsid w:val="003262DA"/>
     <w:rsid w:val="00345ADB"/>
     <w:rsid w:val="00347D97"/>
     <w:rsid w:val="00361B9E"/>
     <w:rsid w:val="003669E4"/>
     <w:rsid w:val="003736C2"/>
     <w:rsid w:val="003746C9"/>
     <w:rsid w:val="003802BC"/>
     <w:rsid w:val="00396831"/>
     <w:rsid w:val="00396BC2"/>
     <w:rsid w:val="003A2215"/>
     <w:rsid w:val="003A297A"/>
     <w:rsid w:val="003C7F91"/>
     <w:rsid w:val="003D3CC5"/>
     <w:rsid w:val="003E25BF"/>
     <w:rsid w:val="003E31F0"/>
     <w:rsid w:val="003F2EB8"/>
     <w:rsid w:val="003F373C"/>
     <w:rsid w:val="003F43BE"/>
     <w:rsid w:val="003F755F"/>
     <w:rsid w:val="00400468"/>
     <w:rsid w:val="00400504"/>
     <w:rsid w:val="00401CDA"/>
     <w:rsid w:val="004027FE"/>
+    <w:rsid w:val="00404F9C"/>
     <w:rsid w:val="004061F6"/>
     <w:rsid w:val="0041106A"/>
     <w:rsid w:val="00411ADF"/>
     <w:rsid w:val="0041383E"/>
     <w:rsid w:val="004166C8"/>
     <w:rsid w:val="00416CAE"/>
     <w:rsid w:val="0043237A"/>
     <w:rsid w:val="00437D37"/>
     <w:rsid w:val="00466734"/>
     <w:rsid w:val="004874FA"/>
     <w:rsid w:val="004962F0"/>
     <w:rsid w:val="00497FEC"/>
     <w:rsid w:val="004A1235"/>
     <w:rsid w:val="004A6669"/>
     <w:rsid w:val="004B3CF7"/>
     <w:rsid w:val="004B5630"/>
     <w:rsid w:val="004C023F"/>
     <w:rsid w:val="004C2190"/>
     <w:rsid w:val="004C2BB5"/>
     <w:rsid w:val="004C4749"/>
     <w:rsid w:val="004D0826"/>
     <w:rsid w:val="004D146C"/>
     <w:rsid w:val="004D31F6"/>
     <w:rsid w:val="004D3A2D"/>
     <w:rsid w:val="004E220F"/>
@@ -39336,50 +39368,51 @@
     <w:rsid w:val="0083629D"/>
     <w:rsid w:val="00840401"/>
     <w:rsid w:val="00844DCD"/>
     <w:rsid w:val="00847586"/>
     <w:rsid w:val="0084761F"/>
     <w:rsid w:val="00851EF7"/>
     <w:rsid w:val="00853452"/>
     <w:rsid w:val="008535FA"/>
     <w:rsid w:val="008610B1"/>
     <w:rsid w:val="008614E0"/>
     <w:rsid w:val="00875ECE"/>
     <w:rsid w:val="00884082"/>
     <w:rsid w:val="00897B11"/>
     <w:rsid w:val="008A48CF"/>
     <w:rsid w:val="008B5190"/>
     <w:rsid w:val="008B5384"/>
     <w:rsid w:val="008B57E6"/>
     <w:rsid w:val="008B7E23"/>
     <w:rsid w:val="008C21E1"/>
     <w:rsid w:val="008C4430"/>
     <w:rsid w:val="008C55E7"/>
     <w:rsid w:val="008C60E3"/>
     <w:rsid w:val="008E65CF"/>
     <w:rsid w:val="008E7432"/>
     <w:rsid w:val="008F798B"/>
+    <w:rsid w:val="00902067"/>
     <w:rsid w:val="0091264A"/>
     <w:rsid w:val="009209C8"/>
     <w:rsid w:val="00920ECC"/>
     <w:rsid w:val="00922650"/>
     <w:rsid w:val="00924011"/>
     <w:rsid w:val="00927CEA"/>
     <w:rsid w:val="00930E67"/>
     <w:rsid w:val="00932E8F"/>
     <w:rsid w:val="00936954"/>
     <w:rsid w:val="00947C0B"/>
     <w:rsid w:val="009529BB"/>
     <w:rsid w:val="0095337D"/>
     <w:rsid w:val="00966ABB"/>
     <w:rsid w:val="00971D41"/>
     <w:rsid w:val="009825D8"/>
     <w:rsid w:val="00987BC4"/>
     <w:rsid w:val="009912EA"/>
     <w:rsid w:val="00991B92"/>
     <w:rsid w:val="00994024"/>
     <w:rsid w:val="009977D5"/>
     <w:rsid w:val="009B3497"/>
     <w:rsid w:val="009B6DA5"/>
     <w:rsid w:val="009C240D"/>
     <w:rsid w:val="009C32C5"/>
     <w:rsid w:val="009C5195"/>
@@ -39394,122 +39427,123 @@
     <w:rsid w:val="00A50713"/>
     <w:rsid w:val="00A50D69"/>
     <w:rsid w:val="00A52F09"/>
     <w:rsid w:val="00A60718"/>
     <w:rsid w:val="00A651A4"/>
     <w:rsid w:val="00A65936"/>
     <w:rsid w:val="00A65F4A"/>
     <w:rsid w:val="00A772F0"/>
     <w:rsid w:val="00A9708D"/>
     <w:rsid w:val="00AA1171"/>
     <w:rsid w:val="00AA2B09"/>
     <w:rsid w:val="00AA56D9"/>
     <w:rsid w:val="00AB4553"/>
     <w:rsid w:val="00AB49FE"/>
     <w:rsid w:val="00AB5902"/>
     <w:rsid w:val="00AB7A6B"/>
     <w:rsid w:val="00AC0A82"/>
     <w:rsid w:val="00AC3C59"/>
     <w:rsid w:val="00AC4D4A"/>
     <w:rsid w:val="00AC6B8B"/>
     <w:rsid w:val="00AC6BB7"/>
     <w:rsid w:val="00AC7C67"/>
     <w:rsid w:val="00AF0554"/>
     <w:rsid w:val="00AF19C0"/>
     <w:rsid w:val="00AF2AB6"/>
+    <w:rsid w:val="00AF4B3D"/>
     <w:rsid w:val="00B014AC"/>
     <w:rsid w:val="00B07DE1"/>
     <w:rsid w:val="00B1012B"/>
     <w:rsid w:val="00B205EA"/>
     <w:rsid w:val="00B36715"/>
     <w:rsid w:val="00B45877"/>
     <w:rsid w:val="00B45C34"/>
     <w:rsid w:val="00B45CC6"/>
     <w:rsid w:val="00B45ED5"/>
     <w:rsid w:val="00B46963"/>
     <w:rsid w:val="00B52EA4"/>
     <w:rsid w:val="00B63D81"/>
     <w:rsid w:val="00B67488"/>
     <w:rsid w:val="00B7586C"/>
     <w:rsid w:val="00B84C2B"/>
     <w:rsid w:val="00B9079B"/>
     <w:rsid w:val="00B90DA1"/>
     <w:rsid w:val="00B94A84"/>
     <w:rsid w:val="00BA331B"/>
     <w:rsid w:val="00BA385B"/>
     <w:rsid w:val="00BA5B04"/>
     <w:rsid w:val="00BA7B87"/>
     <w:rsid w:val="00BB31D9"/>
     <w:rsid w:val="00BB6817"/>
     <w:rsid w:val="00BC60C4"/>
     <w:rsid w:val="00BC7034"/>
     <w:rsid w:val="00BD02B7"/>
     <w:rsid w:val="00BD1E93"/>
     <w:rsid w:val="00BD202D"/>
     <w:rsid w:val="00BD23A4"/>
     <w:rsid w:val="00BD2CBF"/>
     <w:rsid w:val="00BE14FF"/>
     <w:rsid w:val="00BE4816"/>
     <w:rsid w:val="00BE503D"/>
     <w:rsid w:val="00C011A4"/>
     <w:rsid w:val="00C01E04"/>
     <w:rsid w:val="00C036AF"/>
+    <w:rsid w:val="00C160A1"/>
     <w:rsid w:val="00C162EF"/>
     <w:rsid w:val="00C16A88"/>
     <w:rsid w:val="00C2066A"/>
     <w:rsid w:val="00C21AD4"/>
     <w:rsid w:val="00C22406"/>
     <w:rsid w:val="00C25B9A"/>
     <w:rsid w:val="00C270CF"/>
     <w:rsid w:val="00C31809"/>
     <w:rsid w:val="00C31BB4"/>
     <w:rsid w:val="00C33648"/>
     <w:rsid w:val="00C37DC8"/>
     <w:rsid w:val="00C422BC"/>
     <w:rsid w:val="00C545A6"/>
     <w:rsid w:val="00C55251"/>
     <w:rsid w:val="00C64917"/>
     <w:rsid w:val="00C653CB"/>
     <w:rsid w:val="00C6621C"/>
     <w:rsid w:val="00C739CA"/>
     <w:rsid w:val="00C80B20"/>
     <w:rsid w:val="00CA11BE"/>
     <w:rsid w:val="00CA6568"/>
     <w:rsid w:val="00CB0818"/>
     <w:rsid w:val="00CB0F16"/>
     <w:rsid w:val="00CE1F37"/>
     <w:rsid w:val="00CE2C1F"/>
     <w:rsid w:val="00CE3457"/>
     <w:rsid w:val="00CF412C"/>
     <w:rsid w:val="00D04F9E"/>
     <w:rsid w:val="00D1592A"/>
     <w:rsid w:val="00D20A48"/>
     <w:rsid w:val="00D245D2"/>
     <w:rsid w:val="00D264D8"/>
     <w:rsid w:val="00D362DF"/>
     <w:rsid w:val="00D36718"/>
-    <w:rsid w:val="00D36E61"/>
     <w:rsid w:val="00D40782"/>
     <w:rsid w:val="00D518FB"/>
     <w:rsid w:val="00D556B1"/>
     <w:rsid w:val="00D62894"/>
     <w:rsid w:val="00D629EE"/>
     <w:rsid w:val="00D65F2B"/>
     <w:rsid w:val="00D70296"/>
     <w:rsid w:val="00D74A8E"/>
     <w:rsid w:val="00D761CA"/>
     <w:rsid w:val="00D879D6"/>
     <w:rsid w:val="00D90BB6"/>
     <w:rsid w:val="00D91108"/>
     <w:rsid w:val="00D96B08"/>
     <w:rsid w:val="00DA0FCB"/>
     <w:rsid w:val="00DA424F"/>
     <w:rsid w:val="00DA6A72"/>
     <w:rsid w:val="00DB06EE"/>
     <w:rsid w:val="00DB2159"/>
     <w:rsid w:val="00DB33FE"/>
     <w:rsid w:val="00DB55FB"/>
     <w:rsid w:val="00DC175A"/>
     <w:rsid w:val="00DC5871"/>
     <w:rsid w:val="00DC6EFB"/>
     <w:rsid w:val="00DD1324"/>
     <w:rsid w:val="00DD4436"/>
@@ -41859,51 +41893,52 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Government_x0020_Body xmlns="b413c3fd-5a3b-4239-b985-69032e371c04">DIT</Government_x0020_Body>
     <Date_x0020_Opened xmlns="b413c3fd-5a3b-4239-b985-69032e371c04">2024-12-04T05:40:04+00:00</Date_x0020_Opened>
     <LegacyFolderNotes xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7006ed2-bff5-4197-8563-9e8a20eb545e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <LegacyData xmlns="aaacb922-5235-4a66-b188-303b9b46fbd7" xsi:nil="true"/>
     <CIRRUSPreviousID xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <LegacyCaseReferenceNumber xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <Descriptor xmlns="0063f72e-ace3-48fb-9c1f-5b513408b31f" xsi:nil="true"/>
     <LegacyLastActionDate xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <LegacyHomeLocation xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <LegacyMinister xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <m975189f4ba442ecbf67d4147307b177 xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Unknown</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">217df236-3aaa-47f1-ab07-10a7369f728e</TermId>
         </TermInfo>
       </Terms>
@@ -41946,105 +41981,54 @@
     <LegacyCustodian xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <LegacyDateFileRequested xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <Handling_x0020_Instructions xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <LegacyFolderLink xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <Retention_x0020_Label xmlns="a8f60570-4bd3-4f2b-950b-a996de8ab151" xsi:nil="true"/>
     <LegacyCopyright xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <Date_x0020_Closed xmlns="b413c3fd-5a3b-4239-b985-69032e371c04" xsi:nil="true"/>
     <LegacyRecordFolderIdentifier xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <LegacyFileplanTarget xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <LegacyContentType xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <LegacyPhysicalFormat xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">false</LegacyPhysicalFormat>
     <CIRRUSPreviousLocation xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <CIRRUSPreviousRetentionPolicy xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <LegacyNumericClass xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <LegacyCurrentLocation xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
     <_dlc_DocId xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">2X6JEH5FJCUQ-489923256-62785</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">
       <Url>https://dbis.sharepoint.com/sites/LPC/_layouts/15/DocIdRedir.aspx?ID=2X6JEH5FJCUQ-489923256-62785</Url>
       <Description>2X6JEH5FJCUQ-489923256-62785</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...48 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002FC3009EC577064F96C4F303DA95B1A1" ma:contentTypeVersion="72" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d62e3434fd63974760442babbc1d566">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xmlns:ns3="0063f72e-ace3-48fb-9c1f-5b513408b31f" xmlns:ns4="b413c3fd-5a3b-4239-b985-69032e371c04" xmlns:ns5="a8f60570-4bd3-4f2b-950b-a996de8ab151" xmlns:ns6="aaacb922-5235-4a66-b188-303b9b46fbd7" xmlns:ns7="c7006ed2-bff5-4197-8563-9e8a20eb545e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="85a3fd798b117fb8b72e8722886c9cd3" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="" ns7:_="">
     <xsd:import namespace="8d9365d7-aa46-47e6-9b60-e2fe93f8162b"/>
     <xsd:import namespace="0063f72e-ace3-48fb-9c1f-5b513408b31f"/>
     <xsd:import namespace="b413c3fd-5a3b-4239-b985-69032e371c04"/>
     <xsd:import namespace="a8f60570-4bd3-4f2b-950b-a996de8ab151"/>
     <xsd:import namespace="aaacb922-5235-4a66-b188-303b9b46fbd7"/>
     <xsd:import namespace="c7006ed2-bff5-4197-8563-9e8a20eb545e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Document_x0020_Notes" minOccurs="0"/>
                 <xsd:element ref="ns3:Security_x0020_Classification" minOccurs="0"/>
                 <xsd:element ref="ns2:Handling_x0020_Instructions" minOccurs="0"/>
                 <xsd:element ref="ns3:Descriptor" minOccurs="0"/>
                 <xsd:element ref="ns4:Government_x0020_Body" minOccurs="0"/>
                 <xsd:element ref="ns5:Retention_x0020_Label" minOccurs="0"/>
                 <xsd:element ref="ns4:Date_x0020_Opened" minOccurs="0"/>
                 <xsd:element ref="ns4:Date_x0020_Closed" minOccurs="0"/>
                 <xsd:element ref="ns2:National_x0020_Caveat" minOccurs="0"/>
                 <xsd:element ref="ns2:CIRRUSPreviousLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:CIRRUSPreviousID" minOccurs="0"/>
@@ -42680,127 +42664,177 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7AFF6D6-74C0-4635-AF27-F9063164B0C7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91AFA789-66E3-434C-93D3-A21384C7CD5E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA41A3DA-3691-4ECA-9275-530150658227}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="b413c3fd-5a3b-4239-b985-69032e371c04"/>
     <ds:schemaRef ds:uri="8d9365d7-aa46-47e6-9b60-e2fe93f8162b"/>
     <ds:schemaRef ds:uri="c7006ed2-bff5-4197-8563-9e8a20eb545e"/>
     <ds:schemaRef ds:uri="aaacb922-5235-4a66-b188-303b9b46fbd7"/>
     <ds:schemaRef ds:uri="0063f72e-ace3-48fb-9c1f-5b513408b31f"/>
     <ds:schemaRef ds:uri="a8f60570-4bd3-4f2b-950b-a996de8ab151"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91AFA789-66E3-434C-93D3-A21384C7CD5E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7AFF6D6-74C0-4635-AF27-F9063164B0C7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A149E25-4388-48EE-B4C2-100F5F1AE1FD}">
-[...6 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B761759-B8C8-4B61-B88C-8750A9112DD7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8d9365d7-aa46-47e6-9b60-e2fe93f8162b"/>
     <ds:schemaRef ds:uri="0063f72e-ace3-48fb-9c1f-5b513408b31f"/>
     <ds:schemaRef ds:uri="b413c3fd-5a3b-4239-b985-69032e371c04"/>
     <ds:schemaRef ds:uri="a8f60570-4bd3-4f2b-950b-a996de8ab151"/>
     <ds:schemaRef ds:uri="aaacb922-5235-4a66-b188-303b9b46fbd7"/>
     <ds:schemaRef ds:uri="c7006ed2-bff5-4197-8563-9e8a20eb545e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A149E25-4388-48EE-B4C2-100F5F1AE1FD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>43</Pages>
-  <Words>12728</Words>
-  <Characters>65298</Characters>
+  <Words>11488</Words>
+  <Characters>62892</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1419</Lines>
-  <Paragraphs>509</Paragraphs>
+  <Lines>2013</Lines>
+  <Paragraphs>756</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>77517</CharactersWithSpaces>
+  <CharactersWithSpaces>73786</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="348" baseType="variant">
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>294</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.gov.uk/guidance/guidance-and-tools-for-digital-accessibility</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>458832</vt:i4>
       </vt:variant>
       <vt:variant>