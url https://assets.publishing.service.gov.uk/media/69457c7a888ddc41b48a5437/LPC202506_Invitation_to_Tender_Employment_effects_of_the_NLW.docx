--- v0 (2026-01-05)
+++ v1 (2026-01-09)
@@ -1296,51 +1296,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00031998" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LPC</w:t>
       </w:r>
       <w:r w:rsidR="00E91D02" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025/06</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E860C42" w14:textId="4E049835" w:rsidR="00203BD0" w:rsidRPr="004E1685" w:rsidRDefault="00203BD0" w:rsidP="00203BD0">
+    <w:p w14:paraId="4E860C42" w14:textId="598366E4" w:rsidR="00203BD0" w:rsidRPr="004E1685" w:rsidRDefault="00203BD0" w:rsidP="00203BD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You are invited to </w:t>
       </w:r>
       <w:r w:rsidRPr="004E1685">
         <w:rPr>
@@ -1358,51 +1358,75 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00147DA3" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for research </w:t>
       </w:r>
       <w:r w:rsidR="00FF67E6" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>relating to</w:t>
       </w:r>
       <w:r w:rsidR="00255B73" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Apprentice Rate of the minimum wage</w:t>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00460C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>employment effects</w:t>
+      </w:r>
+      <w:r w:rsidR="00255B73" w:rsidRPr="004E1685">
+        <w:rPr>
+          <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00460C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>National Living Wage</w:t>
       </w:r>
       <w:r w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07911B78" w14:textId="792B9654" w:rsidR="00203BD0" w:rsidRPr="004E1685" w:rsidRDefault="00203BD0" w:rsidP="004E1685">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1615,60 +1639,51 @@
       </w:r>
       <w:r w:rsidR="0083223A" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should be priced</w:t>
       </w:r>
       <w:r w:rsidR="0083223A" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> appropriately for the scale of the proposed project and the resources required to complete it.</w:t>
       </w:r>
       <w:r w:rsidR="004E1685" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">We intend to award one contract through this </w:t>
+        <w:t xml:space="preserve"> We intend to award one contract through this </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004E1685" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Procurement, but</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004E1685" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> reserve the right to award additional contracts where this would advance the research objectives.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D775C0" w14:textId="115D37B9" w:rsidR="00203BD0" w:rsidRPr="004E1685" w:rsidRDefault="00203BD0" w:rsidP="00203BD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -2011,103 +2026,71 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DEA9A30" w14:textId="06712280" w:rsidR="00203BD0" w:rsidRPr="004E1685" w:rsidRDefault="008C55E7" w:rsidP="00203BD0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tim Butcher</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C29EAB2" w14:textId="33A3810C" w:rsidR="00203BD0" w:rsidRPr="004E1685" w:rsidRDefault="008C55E7" w:rsidP="00203BD0">
+    <w:p w14:paraId="1CD04B64" w14:textId="66D4854E" w:rsidR="002D45EF" w:rsidRPr="004E1685" w:rsidRDefault="008C55E7" w:rsidP="00347E4C">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...39 lines deleted...]
-        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="96092B"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E1685">
+        <w:rPr>
+          <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Chief economist</w:t>
+      </w:r>
+      <w:r w:rsidR="002D45EF" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="96092B"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Univers Light" w:cs="Calibri"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:id w:val="-1506820196"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -14148,96 +14131,85 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Part D: Confidentiality</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="1FC13D8D" w14:textId="42394A7B" w:rsidR="002B705A" w:rsidRPr="004E1685" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="_Ref270323790"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>contents of this IT</w:t>
       </w:r>
       <w:r w:rsidR="0083629D" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> associated documents and information provided by the Authority are provided on condition that they remain the property of the Authority and are kept confidential (including the fact that the Tenderer has received this IT</w:t>
+        <w:t>, associated documents and information provided by the Authority are provided on condition that they remain the property of the Authority and are kept confidential (including the fact that the Tenderer has received this IT</w:t>
       </w:r>
       <w:r w:rsidR="009C32C5" w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="004E1685">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>). The Tenderer shall take all necessary precautions to ensure that they remain confidential and are not used or disclosed, save as described below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5362FA53" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="004E1685" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -33919,65 +33891,65 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D878310" w14:textId="77777777" w:rsidR="006462D7" w:rsidRPr="004E1685" w:rsidRDefault="006462D7" w:rsidP="006462D7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006462D7" w:rsidRPr="004E1685" w:rsidSect="002066CA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F139DE7" w14:textId="77777777" w:rsidR="007A03A5" w:rsidRDefault="007A03A5" w:rsidP="002B705A">
+    <w:p w14:paraId="18CBE28F" w14:textId="77777777" w:rsidR="00326E7D" w:rsidRDefault="00326E7D" w:rsidP="002B705A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71CD9A3F" w14:textId="77777777" w:rsidR="007A03A5" w:rsidRDefault="007A03A5" w:rsidP="002B705A">
+    <w:p w14:paraId="2676B252" w14:textId="77777777" w:rsidR="00326E7D" w:rsidRDefault="00326E7D" w:rsidP="002B705A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5087ED69" w14:textId="77777777" w:rsidR="007A03A5" w:rsidRDefault="007A03A5"/>
+    <w:p w14:paraId="4C0CA519" w14:textId="77777777" w:rsidR="00326E7D" w:rsidRDefault="00326E7D"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -34086,55 +34058,50 @@
     </w:r>
   </w:p>
   <w:p w14:paraId="2BA6859E" w14:textId="77777777" w:rsidR="002B705A" w:rsidRDefault="002B705A" w:rsidP="00732D9B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:id w:val="1669823446"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="50551BDF" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00DE2807" w:rsidRDefault="002B705A">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00DE2807">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00DE2807">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00DE2807">
@@ -34184,65 +34151,65 @@
         <w:color w:val="96092B"/>
       </w:rPr>
       <w:t xml:space="preserve">ITT Reference Number: </w:t>
     </w:r>
     <w:r w:rsidR="00031998">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="96092B"/>
       </w:rPr>
       <w:t>LPC</w:t>
     </w:r>
     <w:r w:rsidR="00E91D02">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="96092B"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025/06</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72322B55" w14:textId="77777777" w:rsidR="007A03A5" w:rsidRDefault="007A03A5" w:rsidP="002B705A">
+    <w:p w14:paraId="008E7886" w14:textId="77777777" w:rsidR="00326E7D" w:rsidRDefault="00326E7D" w:rsidP="002B705A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0BE57709" w14:textId="77777777" w:rsidR="007A03A5" w:rsidRDefault="007A03A5" w:rsidP="002B705A">
+    <w:p w14:paraId="7C199971" w14:textId="77777777" w:rsidR="00326E7D" w:rsidRDefault="00326E7D" w:rsidP="002B705A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="10EE3B15" w14:textId="77777777" w:rsidR="007A03A5" w:rsidRDefault="007A03A5"/>
+    <w:p w14:paraId="5FF22C3A" w14:textId="77777777" w:rsidR="00326E7D" w:rsidRDefault="00326E7D"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="6825DDB4" w14:textId="77777777" w:rsidR="003F2EB8" w:rsidRDefault="003F2EB8" w:rsidP="003F2EB8">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="740D39DB">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="740D39DB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> See EU definition of SME https://ec.europa.eu/growth/smes/business-friendly-environment/sme-definition_en.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="0FB7297F" w14:textId="77777777" w:rsidR="003F2EB8" w:rsidRDefault="003F2EB8" w:rsidP="003F2EB8">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
@@ -39224,77 +39191,80 @@
     <w:rsid w:val="002B705A"/>
     <w:rsid w:val="002C091E"/>
     <w:rsid w:val="002C1932"/>
     <w:rsid w:val="002C336E"/>
     <w:rsid w:val="002D02B3"/>
     <w:rsid w:val="002D2D3B"/>
     <w:rsid w:val="002D45EF"/>
     <w:rsid w:val="002D468C"/>
     <w:rsid w:val="002D7455"/>
     <w:rsid w:val="002E187A"/>
     <w:rsid w:val="002E2D8C"/>
     <w:rsid w:val="002F1E39"/>
     <w:rsid w:val="002F3877"/>
     <w:rsid w:val="002F40FB"/>
     <w:rsid w:val="002F5AF1"/>
     <w:rsid w:val="003001A2"/>
     <w:rsid w:val="00303009"/>
     <w:rsid w:val="00304942"/>
     <w:rsid w:val="00307A11"/>
     <w:rsid w:val="00310F98"/>
     <w:rsid w:val="003139D0"/>
     <w:rsid w:val="00315572"/>
     <w:rsid w:val="00316D54"/>
     <w:rsid w:val="00326291"/>
     <w:rsid w:val="003262DA"/>
+    <w:rsid w:val="00326E7D"/>
     <w:rsid w:val="00345ADB"/>
     <w:rsid w:val="00347D97"/>
+    <w:rsid w:val="00347E4C"/>
     <w:rsid w:val="00361B9E"/>
     <w:rsid w:val="003669E4"/>
     <w:rsid w:val="003736C2"/>
     <w:rsid w:val="003746C9"/>
     <w:rsid w:val="003802BC"/>
     <w:rsid w:val="00396831"/>
     <w:rsid w:val="00396BC2"/>
     <w:rsid w:val="003A2215"/>
     <w:rsid w:val="003A297A"/>
     <w:rsid w:val="003C7F91"/>
     <w:rsid w:val="003D3CC5"/>
     <w:rsid w:val="003E25BF"/>
     <w:rsid w:val="003E31F0"/>
     <w:rsid w:val="003F2EB8"/>
     <w:rsid w:val="003F43BE"/>
     <w:rsid w:val="00400468"/>
     <w:rsid w:val="00400504"/>
     <w:rsid w:val="00401CDA"/>
     <w:rsid w:val="004027FE"/>
     <w:rsid w:val="004061F6"/>
     <w:rsid w:val="00411ADF"/>
     <w:rsid w:val="0041383E"/>
     <w:rsid w:val="00416CAE"/>
     <w:rsid w:val="0043237A"/>
     <w:rsid w:val="00437D37"/>
+    <w:rsid w:val="00460C44"/>
     <w:rsid w:val="00466734"/>
     <w:rsid w:val="004874FA"/>
     <w:rsid w:val="004962F0"/>
     <w:rsid w:val="00497FEC"/>
     <w:rsid w:val="004A1235"/>
     <w:rsid w:val="004A6669"/>
     <w:rsid w:val="004B3CF7"/>
     <w:rsid w:val="004B5630"/>
     <w:rsid w:val="004C023F"/>
     <w:rsid w:val="004C2190"/>
     <w:rsid w:val="004C2BB5"/>
     <w:rsid w:val="004C4749"/>
     <w:rsid w:val="004D0826"/>
     <w:rsid w:val="004D146C"/>
     <w:rsid w:val="004D31F6"/>
     <w:rsid w:val="004D3A2D"/>
     <w:rsid w:val="004E1685"/>
     <w:rsid w:val="004E220F"/>
     <w:rsid w:val="004F5A6C"/>
     <w:rsid w:val="004F6EB3"/>
     <w:rsid w:val="0050066F"/>
     <w:rsid w:val="00502453"/>
     <w:rsid w:val="00526575"/>
     <w:rsid w:val="00535ECD"/>
     <w:rsid w:val="00540A66"/>
@@ -39358,50 +39328,51 @@
     <w:rsid w:val="006F73B9"/>
     <w:rsid w:val="00702BEF"/>
     <w:rsid w:val="00703259"/>
     <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="007103D0"/>
     <w:rsid w:val="00717D61"/>
     <w:rsid w:val="00731DE6"/>
     <w:rsid w:val="00741A4C"/>
     <w:rsid w:val="00764C08"/>
     <w:rsid w:val="007746F9"/>
     <w:rsid w:val="0077690A"/>
     <w:rsid w:val="00776C00"/>
     <w:rsid w:val="00784988"/>
     <w:rsid w:val="00792E16"/>
     <w:rsid w:val="00794615"/>
     <w:rsid w:val="007A03A5"/>
     <w:rsid w:val="007A6471"/>
     <w:rsid w:val="007B19F6"/>
     <w:rsid w:val="007B1B44"/>
     <w:rsid w:val="007B3FE3"/>
     <w:rsid w:val="007B5C02"/>
     <w:rsid w:val="007B645A"/>
     <w:rsid w:val="007B7318"/>
     <w:rsid w:val="007C4704"/>
     <w:rsid w:val="007E0467"/>
+    <w:rsid w:val="007E081A"/>
     <w:rsid w:val="007E2521"/>
     <w:rsid w:val="007E5CD2"/>
     <w:rsid w:val="007F7597"/>
     <w:rsid w:val="00801C4E"/>
     <w:rsid w:val="00801FA6"/>
     <w:rsid w:val="00807B57"/>
     <w:rsid w:val="00812214"/>
     <w:rsid w:val="008124EE"/>
     <w:rsid w:val="008147F5"/>
     <w:rsid w:val="00815AAF"/>
     <w:rsid w:val="008175A7"/>
     <w:rsid w:val="008235B6"/>
     <w:rsid w:val="00823A0C"/>
     <w:rsid w:val="00826A6D"/>
     <w:rsid w:val="00826C98"/>
     <w:rsid w:val="00830110"/>
     <w:rsid w:val="0083011D"/>
     <w:rsid w:val="00831958"/>
     <w:rsid w:val="0083223A"/>
     <w:rsid w:val="00833844"/>
     <w:rsid w:val="0083629D"/>
     <w:rsid w:val="00840401"/>
     <w:rsid w:val="00844DCD"/>
     <w:rsid w:val="00847586"/>
     <w:rsid w:val="0084761F"/>
@@ -39483,50 +39454,51 @@
     <w:rsid w:val="00AF19C0"/>
     <w:rsid w:val="00AF2AB6"/>
     <w:rsid w:val="00B014AC"/>
     <w:rsid w:val="00B07DE1"/>
     <w:rsid w:val="00B1012B"/>
     <w:rsid w:val="00B205EA"/>
     <w:rsid w:val="00B36715"/>
     <w:rsid w:val="00B45877"/>
     <w:rsid w:val="00B45C34"/>
     <w:rsid w:val="00B45CC6"/>
     <w:rsid w:val="00B45ED5"/>
     <w:rsid w:val="00B46963"/>
     <w:rsid w:val="00B52EA4"/>
     <w:rsid w:val="00B63D81"/>
     <w:rsid w:val="00B7586C"/>
     <w:rsid w:val="00B84C2B"/>
     <w:rsid w:val="00B9079B"/>
     <w:rsid w:val="00B90DA1"/>
     <w:rsid w:val="00B94A84"/>
     <w:rsid w:val="00BA331B"/>
     <w:rsid w:val="00BA385B"/>
     <w:rsid w:val="00BA5B04"/>
     <w:rsid w:val="00BA7B87"/>
     <w:rsid w:val="00BB31D9"/>
     <w:rsid w:val="00BB6817"/>
+    <w:rsid w:val="00BB7253"/>
     <w:rsid w:val="00BC60C4"/>
     <w:rsid w:val="00BC7034"/>
     <w:rsid w:val="00BD02B7"/>
     <w:rsid w:val="00BD1E93"/>
     <w:rsid w:val="00BD202D"/>
     <w:rsid w:val="00BD23A4"/>
     <w:rsid w:val="00BD2CBF"/>
     <w:rsid w:val="00BE14FF"/>
     <w:rsid w:val="00BE4816"/>
     <w:rsid w:val="00BE503D"/>
     <w:rsid w:val="00C011A4"/>
     <w:rsid w:val="00C01E04"/>
     <w:rsid w:val="00C036AF"/>
     <w:rsid w:val="00C162EF"/>
     <w:rsid w:val="00C16A88"/>
     <w:rsid w:val="00C2066A"/>
     <w:rsid w:val="00C21AD4"/>
     <w:rsid w:val="00C22406"/>
     <w:rsid w:val="00C25B9A"/>
     <w:rsid w:val="00C270CF"/>
     <w:rsid w:val="00C31809"/>
     <w:rsid w:val="00C31BB4"/>
     <w:rsid w:val="00C33648"/>
     <w:rsid w:val="00C37DC8"/>
     <w:rsid w:val="00C422BC"/>
@@ -39582,56 +39554,59 @@
     <w:rsid w:val="00DE39A5"/>
     <w:rsid w:val="00DE4772"/>
     <w:rsid w:val="00DE607B"/>
     <w:rsid w:val="00DF035D"/>
     <w:rsid w:val="00DF26B5"/>
     <w:rsid w:val="00DF3A11"/>
     <w:rsid w:val="00DF41FB"/>
     <w:rsid w:val="00DF6AE7"/>
     <w:rsid w:val="00E009A2"/>
     <w:rsid w:val="00E046E9"/>
     <w:rsid w:val="00E2184F"/>
     <w:rsid w:val="00E25595"/>
     <w:rsid w:val="00E32A2C"/>
     <w:rsid w:val="00E335C0"/>
     <w:rsid w:val="00E337D8"/>
     <w:rsid w:val="00E41FCA"/>
     <w:rsid w:val="00E45D33"/>
     <w:rsid w:val="00E464CB"/>
     <w:rsid w:val="00E50B0E"/>
     <w:rsid w:val="00E528D4"/>
     <w:rsid w:val="00E6143F"/>
     <w:rsid w:val="00E65FF3"/>
     <w:rsid w:val="00E673B9"/>
     <w:rsid w:val="00E7244D"/>
     <w:rsid w:val="00E754DB"/>
+    <w:rsid w:val="00E83993"/>
     <w:rsid w:val="00E9147D"/>
     <w:rsid w:val="00E91CEC"/>
     <w:rsid w:val="00E91D02"/>
+    <w:rsid w:val="00E9638B"/>
     <w:rsid w:val="00EA40EF"/>
     <w:rsid w:val="00EA5994"/>
     <w:rsid w:val="00EB36B3"/>
+    <w:rsid w:val="00EB3C45"/>
     <w:rsid w:val="00EC1D31"/>
     <w:rsid w:val="00EC4F5E"/>
     <w:rsid w:val="00EC60C7"/>
     <w:rsid w:val="00ED5DF5"/>
     <w:rsid w:val="00EE012D"/>
     <w:rsid w:val="00EE5011"/>
     <w:rsid w:val="00EE5BC3"/>
     <w:rsid w:val="00EE5F1E"/>
     <w:rsid w:val="00F01526"/>
     <w:rsid w:val="00F01CD2"/>
     <w:rsid w:val="00F0501F"/>
     <w:rsid w:val="00F067FF"/>
     <w:rsid w:val="00F223BE"/>
     <w:rsid w:val="00F2299C"/>
     <w:rsid w:val="00F23FDD"/>
     <w:rsid w:val="00F25AD1"/>
     <w:rsid w:val="00F25C3C"/>
     <w:rsid w:val="00F31F96"/>
     <w:rsid w:val="00F333A2"/>
     <w:rsid w:val="00F35047"/>
     <w:rsid w:val="00F40524"/>
     <w:rsid w:val="00F44EC3"/>
     <w:rsid w:val="00F467D9"/>
     <w:rsid w:val="00F56C4C"/>
     <w:rsid w:val="00F6313C"/>
@@ -40274,50 +40249,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DF26B5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -41919,137 +41895,100 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...78 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002FC3009EC577064F96C4F303DA95B1A1" ma:contentTypeVersion="72" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d62e3434fd63974760442babbc1d566">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xmlns:ns3="0063f72e-ace3-48fb-9c1f-5b513408b31f" xmlns:ns4="b413c3fd-5a3b-4239-b985-69032e371c04" xmlns:ns5="a8f60570-4bd3-4f2b-950b-a996de8ab151" xmlns:ns6="aaacb922-5235-4a66-b188-303b9b46fbd7" xmlns:ns7="c7006ed2-bff5-4197-8563-9e8a20eb545e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="85a3fd798b117fb8b72e8722886c9cd3" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="" ns7:_="">
     <xsd:import namespace="8d9365d7-aa46-47e6-9b60-e2fe93f8162b"/>
     <xsd:import namespace="0063f72e-ace3-48fb-9c1f-5b513408b31f"/>
     <xsd:import namespace="b413c3fd-5a3b-4239-b985-69032e371c04"/>
     <xsd:import namespace="a8f60570-4bd3-4f2b-950b-a996de8ab151"/>
     <xsd:import namespace="aaacb922-5235-4a66-b188-303b9b46fbd7"/>
     <xsd:import namespace="c7006ed2-bff5-4197-8563-9e8a20eb545e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Document_x0020_Notes" minOccurs="0"/>
                 <xsd:element ref="ns3:Security_x0020_Classification" minOccurs="0"/>
                 <xsd:element ref="ns2:Handling_x0020_Instructions" minOccurs="0"/>
                 <xsd:element ref="ns3:Descriptor" minOccurs="0"/>
                 <xsd:element ref="ns4:Government_x0020_Body" minOccurs="0"/>
                 <xsd:element ref="ns5:Retention_x0020_Label" minOccurs="0"/>
                 <xsd:element ref="ns4:Date_x0020_Opened" minOccurs="0"/>
                 <xsd:element ref="ns4:Date_x0020_Closed" minOccurs="0"/>
                 <xsd:element ref="ns2:National_x0020_Caveat" minOccurs="0"/>
                 <xsd:element ref="ns2:CIRRUSPreviousLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:CIRRUSPreviousID" minOccurs="0"/>
@@ -42685,177 +42624,214 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Government_x0020_Body xmlns="b413c3fd-5a3b-4239-b985-69032e371c04">DIT</Government_x0020_Body>
+    <Date_x0020_Opened xmlns="b413c3fd-5a3b-4239-b985-69032e371c04">2024-12-04T05:40:04+00:00</Date_x0020_Opened>
+    <LegacyFolderNotes xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7006ed2-bff5-4197-8563-9e8a20eb545e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <LegacyData xmlns="aaacb922-5235-4a66-b188-303b9b46fbd7" xsi:nil="true"/>
+    <CIRRUSPreviousID xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyCaseReferenceNumber xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Descriptor xmlns="0063f72e-ace3-48fb-9c1f-5b513408b31f" xsi:nil="true"/>
+    <LegacyLastActionDate xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyHomeLocation xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyMinister xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <m975189f4ba442ecbf67d4147307b177 xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Unknown</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">217df236-3aaa-47f1-ab07-10a7369f728e</TermId>
+        </TermInfo>
+      </Terms>
+    </m975189f4ba442ecbf67d4147307b177>
+    <LegacyRequestType xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDocumentLink xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDispositionAsOfDate xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDateFileReceived xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDocumentType xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyReferencesFromOtherItems xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyLastModifiedDate xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyProtectiveMarking xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyReferencesToOtherItems xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyMP xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyAdditionalAuthors xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyExpiryReviewDate xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDescriptor xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyRecordCategoryIdentifier xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Filesize xmlns="c7006ed2-bff5-4197-8563-9e8a20eb545e" xsi:nil="true"/>
+    <LegacyFolderType xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyStatusonTransfer xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDateFileReturned xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Document_x0020_Notes xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDateClosed xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyPhysicalItemLocation xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Security_x0020_Classification xmlns="0063f72e-ace3-48fb-9c1f-5b513408b31f">OFFICIAL</Security_x0020_Classification>
+    <National_x0020_Caveat xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyModifier xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </LegacyModifier>
+    <LegacyFolder xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyTags xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <TaxCatchAll xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">
+      <Value>1</Value>
+    </TaxCatchAll>
+    <LegacyCustodian xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDateFileRequested xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Handling_x0020_Instructions xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyFolderLink xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Retention_x0020_Label xmlns="a8f60570-4bd3-4f2b-950b-a996de8ab151" xsi:nil="true"/>
+    <LegacyCopyright xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Date_x0020_Closed xmlns="b413c3fd-5a3b-4239-b985-69032e371c04" xsi:nil="true"/>
+    <LegacyRecordFolderIdentifier xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyFileplanTarget xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyContentType xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyPhysicalFormat xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">false</LegacyPhysicalFormat>
+    <CIRRUSPreviousLocation xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <CIRRUSPreviousRetentionPolicy xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyNumericClass xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyCurrentLocation xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <_dlc_DocId xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">2X6JEH5FJCUQ-489923256-62769</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">
+      <Url>https://dbis.sharepoint.com/sites/LPC/_layouts/15/DocIdRedir.aspx?ID=2X6JEH5FJCUQ-489923256-62769</Url>
+      <Description>2X6JEH5FJCUQ-489923256-62769</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91AFA789-66E3-434C-93D3-A21384C7CD5E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA41A3DA-3691-4ECA-9275-530150658227}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A149E25-4388-48EE-B4C2-100F5F1AE1FD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="a8f60570-4bd3-4f2b-950b-a996de8ab151"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7AFF6D6-74C0-4635-AF27-F9063164B0C7}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B761759-B8C8-4B61-B88C-8750A9112DD7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8d9365d7-aa46-47e6-9b60-e2fe93f8162b"/>
     <ds:schemaRef ds:uri="0063f72e-ace3-48fb-9c1f-5b513408b31f"/>
     <ds:schemaRef ds:uri="b413c3fd-5a3b-4239-b985-69032e371c04"/>
     <ds:schemaRef ds:uri="a8f60570-4bd3-4f2b-950b-a996de8ab151"/>
     <ds:schemaRef ds:uri="aaacb922-5235-4a66-b188-303b9b46fbd7"/>
     <ds:schemaRef ds:uri="c7006ed2-bff5-4197-8563-9e8a20eb545e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7AFF6D6-74C0-4635-AF27-F9063164B0C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A149E25-4388-48EE-B4C2-100F5F1AE1FD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA41A3DA-3691-4ECA-9275-530150658227}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b413c3fd-5a3b-4239-b985-69032e371c04"/>
+    <ds:schemaRef ds:uri="8d9365d7-aa46-47e6-9b60-e2fe93f8162b"/>
+    <ds:schemaRef ds:uri="c7006ed2-bff5-4197-8563-9e8a20eb545e"/>
+    <ds:schemaRef ds:uri="aaacb922-5235-4a66-b188-303b9b46fbd7"/>
+    <ds:schemaRef ds:uri="0063f72e-ace3-48fb-9c1f-5b513408b31f"/>
+    <ds:schemaRef ds:uri="a8f60570-4bd3-4f2b-950b-a996de8ab151"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>43</Pages>
-[...1 lines deleted...]
-  <Characters>64043</Characters>
+  <Pages>42</Pages>
+  <Words>11687</Words>
+  <Characters>64050</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2001</Lines>
+  <Lines>2135</Lines>
   <Paragraphs>923</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>74806</CharactersWithSpaces>
+  <CharactersWithSpaces>74814</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="348" baseType="variant">
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>294</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.gov.uk/guidance/guidance-and-tools-for-digital-accessibility</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>458832</vt:i4>
       </vt:variant>
       <vt:variant>