--- v0 (2026-01-05)
+++ v1 (2026-01-10)
@@ -1002,71 +1002,59 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3294371D" w14:textId="0D3D2B16" w:rsidR="00203BD0" w:rsidRPr="00960034" w:rsidRDefault="00203BD0" w:rsidP="00437A45">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Our Reference</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve">Our Reference: </w:t>
             </w:r>
             <w:r w:rsidR="00280948" w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LPC 2025/08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00203BD0" w:rsidRPr="00960034" w14:paraId="18155EB3" w14:textId="77777777" w:rsidTr="00437A45">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -1289,51 +1277,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00280948" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LPC 2025/08</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E860C42" w14:textId="4E049835" w:rsidR="00203BD0" w:rsidRPr="00960034" w:rsidRDefault="00203BD0" w:rsidP="00203BD0">
+    <w:p w14:paraId="4E860C42" w14:textId="315F3274" w:rsidR="00203BD0" w:rsidRPr="00960034" w:rsidRDefault="00203BD0" w:rsidP="00203BD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You are invited to </w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
@@ -1351,51 +1339,59 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00147DA3" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for research </w:t>
       </w:r>
       <w:r w:rsidR="00FF67E6" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>relating to</w:t>
       </w:r>
       <w:r w:rsidR="00255B73" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Apprentice Rate of the minimum wage</w:t>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="005A45D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>impact of the National Minimum Wage, including National Living Wage (NLW) on productivity</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07911B78" w14:textId="3606A60C" w:rsidR="00203BD0" w:rsidRPr="00960034" w:rsidRDefault="00203BD0" w:rsidP="00203BD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6065,190 +6061,131 @@
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Low Pay Commission makes evidence-based recommendations based on: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79FC0A7C" w14:textId="77777777" w:rsidR="00E528D4" w:rsidRPr="00960034" w:rsidRDefault="00E528D4" w:rsidP="00E528D4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">commissioned and independent </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>commissioned and independent research;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="552B35D3" w14:textId="77777777" w:rsidR="00E528D4" w:rsidRPr="00960034" w:rsidRDefault="00E528D4" w:rsidP="50C30E14">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">analysis of relevant data regarding the state of the economy and the impact of the minimum </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>analysis of relevant data regarding the state of the economy and the impact of the minimum wage;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="75BCC660" w14:textId="77777777" w:rsidR="00E528D4" w:rsidRPr="00960034" w:rsidRDefault="00E528D4" w:rsidP="50C30E14">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">consultations with employers, workers and their </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>consultations with employers, workers and their representatives;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="66135233" w14:textId="77777777" w:rsidR="00E528D4" w:rsidRPr="00960034" w:rsidRDefault="00E528D4" w:rsidP="50C30E14">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">written and oral evidence from a wide range of </w:t>
-[...15 lines deleted...]
-        <w:t>; and</w:t>
+        <w:t>written and oral evidence from a wide range of organisations; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E455C27" w14:textId="77777777" w:rsidR="00E528D4" w:rsidRPr="00960034" w:rsidRDefault="00E528D4" w:rsidP="50C30E14">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">fact-finding visits across the UK to meet employers, employees and representative </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>fact-finding visits across the UK to meet employers, employees and representative organisations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E29F94" w14:textId="15ECEDAE" w:rsidR="00E528D4" w:rsidRPr="00960034" w:rsidRDefault="00E528D4" w:rsidP="00E528D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00960034">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
             <w:lang w:val="en" w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://www.gov.uk/government/organisations/low-pay-commission</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0B945FD0" w14:textId="77777777" w:rsidR="002F5AF1" w:rsidRPr="00960034" w:rsidRDefault="002F5AF1" w:rsidP="002B705A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -8068,229 +8005,171 @@
         </w:rPr>
         <w:t xml:space="preserve"> is to invite Tenderers to submit a Tender to meet the Authority’s requirement. This document explains and sets out the:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B224A81" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1735" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tender process and timetable for the stages of the </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Tender process and timetable for the stages of the Procurement;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2D910671" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1735" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Instructions and conditions that govern this </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Instructions and conditions that govern this Procurement;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2FB0D83F" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1735" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Information you must include in your Tender and the required </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Information you must include in your Tender and the required format;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2E64AF65" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1735" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Specification of </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Specification of Requirements;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="67A98C9B" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1735" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arrangements for the receipt and evaluation of Tenders; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E840B1F" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1735" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Contract Conditions that shall apply </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the Authority awards a contract following this Procurement.</w:t>
+        <w:t>Contract Conditions that shall apply in the event that the Authority awards a contract following this Procurement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AAB84EB" w14:textId="68155440" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Tenderers acknowledge and agree that nothing contained within this IT</w:t>
       </w:r>
@@ -8521,237 +8400,157 @@
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hilst the information contained in this IT</w:t>
       </w:r>
       <w:r w:rsidR="00F44EC3" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and any supporting information referred to herein or provided to Tenderers by the Authority have been prepared in good faith, the Authority does not warrant that this information is comprehensive or that it has been independently verified. Neither the Authority nor its representatives </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> and any supporting information referred to herein or provided to Tenderers by the Authority have been prepared in good faith, the Authority does not warrant that this information is comprehensive or that it has been independently verified. Neither the Authority nor its representatives accepts any liability for the information contained in this IT</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6DA5" w:rsidRPr="00960034">
+        <w:rPr>
+          <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>accepts</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> this IT</w:t>
+        <w:t xml:space="preserve"> or any information provided by the Authority relating to this Procurement and shall not be liable for any loss or damage arising as a result of this IT</w:t>
       </w:r>
       <w:r w:rsidR="009B6DA5" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or any information provided by the Authority relating to this Procurement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10DC1348" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Any Tenderer considering </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> contractual relationships with the Authority should make its own investigations and independent assessment of the Authority’s requirement.</w:t>
+        <w:t>Any Tenderer considering entering into contractual relationships with the Authority should make its own investigations and independent assessment of the Authority’s requirement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65DC726B" w14:textId="10498E27" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This IT</w:t>
       </w:r>
       <w:r w:rsidR="009B6DA5" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is not a commitment by the Authority to </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> a Contract.</w:t>
+        <w:t xml:space="preserve"> is not a commitment by the Authority to enter into a Contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="551E54BA" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="96092B"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc105667305"/>
       <w:bookmarkStart w:id="10" w:name="_Toc156237410"/>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="96092B"/>
           <w:sz w:val="24"/>
@@ -11601,69 +11400,51 @@
         </w:rPr>
         <w:t>All information that the Tenderer is requested to provide in its Tender must be given in respect of the Prime Contractor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="150C4794" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Where the Tenderers propose to use sub-contractors to deliver some or </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the requirement, the Tenderer must complete the Tenderers Sub-Contracting Information Form at Schedule 01.</w:t>
+        <w:t>Where the Tenderers propose to use sub-contractors to deliver some or all of the requirement, the Tenderer must complete the Tenderers Sub-Contracting Information Form at Schedule 01.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1322AE91" w14:textId="62576112" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Authority recognises that arrangements in relation to sub-contracting may be subject to change and may not be finalised until a later date. </w:t>
       </w:r>
@@ -11846,71 +11627,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1F790C81" w14:textId="57F21233" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The Authority recognises that arrangements in relation to a consortium may be subject to change and may not be finalised until a later date. Tenderers shall Tender </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> envisaged arrangements. The Tenderer shall inform the Authority immediately via email </w:t>
+        <w:t xml:space="preserve">The Authority recognises that arrangements in relation to a consortium may be subject to change and may not be finalised until a later date. Tenderers shall Tender on the basis of envisaged arrangements. The Tenderer shall inform the Authority immediately via email </w:t>
       </w:r>
       <w:r w:rsidR="00E65FF3" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00E65FF3" w:rsidRPr="00960034">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>tim.butcher@lowpay.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00217F40" w:rsidRPr="00960034">
         <w:rPr>
@@ -12090,71 +11851,51 @@
         <w:t>The Authority may not respond to a clarification or publish it where the Authority considers that it is exempt from disclosing the requested information under the FOIA (including but not limited to where the response may prejudice the Authority’s commercial interests). In such circumstances, the Authority will inform the Tenderer of its view.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F75E132" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Authority reserves the right (but is not obliged) to seek clarification of any aspect of a Tender and/or request additional information during the evaluation phase </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> carry out a fair evaluation. Failure to respond within the timescales specified and/or to provide an adequate response to such a request may result in the Tender being rejected.</w:t>
+        <w:t>The Authority reserves the right (but is not obliged) to seek clarification of any aspect of a Tender and/or request additional information during the evaluation phase in order to carry out a fair evaluation. Failure to respond within the timescales specified and/or to provide an adequate response to such a request may result in the Tender being rejected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="684D2A5B" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light" w:cs="Calibri"/>
           <w:color w:val="8C092B"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc156237423"/>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light" w:cs="Calibri"/>
           <w:color w:val="8C092B"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Part I: Changes to Responses</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
@@ -12457,63 +12198,52 @@
     </w:p>
     <w:p w14:paraId="78F3674F" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">verify information, seek clarification of any aspect of a Tender and/or request evidence or additional information in respect of a Tenderers </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>verify information, seek clarification of any aspect of a Tender and/or request evidence or additional information in respect of a Tenderers submission;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2CCF2C40" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12522,233 +12252,178 @@
     </w:p>
     <w:p w14:paraId="22E1521E" w14:textId="1357AEE3" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="2126" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">that does not submit a compliant Tender in accordance with the instructions set out in this </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>that does not submit a compliant Tender in accordance with the instructions set out in this IT</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65FF3" w:rsidRPr="00960034">
+        <w:rPr>
+          <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>IT</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="39180B96" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="2126" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">for the provision of false, inaccurate or misleading </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>for the provision of false, inaccurate or misleading information;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6A81464B" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="2126" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">that fails to respond to any clarification from the Authority and/or request for evidence or additional information from the Authority in respect of its </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>that fails to respond to any clarification from the Authority and/or request for evidence or additional information from the Authority in respect of its Tender;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7C728C0D" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="2126" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">that fails to inform the Authority of any change in the contracting arrangements between Tender submission and Contract </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>that fails to inform the Authority of any change in the contracting arrangements between Tender submission and Contract award;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5173C2A3" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="2126" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">where there is a change in the contracting arrangements which would result in a breach of procurement </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>where there is a change in the contracting arrangements which would result in a breach of procurement law;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="60FEC10D" w14:textId="29B1F06E" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="2126" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12784,288 +12459,204 @@
         <w:ind w:left="2126" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for any reason set out in the </w:t>
       </w:r>
       <w:r w:rsidR="00776C00" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Procurement Act 2023 and associated </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00776C00" w:rsidRPr="00960034">
+        <w:t>Procurement Act 2023 and associated r</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1D31" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>r</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC1D31" w:rsidRPr="00960034">
+        <w:t>egulations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>egulations</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="61D376DD" w14:textId="75DECE9D" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>withdraw, suspend or terminate this IT</w:t>
       </w:r>
       <w:r w:rsidR="00E65FF3" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">/Procurement at any time. Any withdrawal, suspension or termination shall be notified in writing to all </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>/Procurement at any time. Any withdrawal, suspension or termination shall be notified in writing to all Tenderers;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0883F0E1" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">re-invite Tenders on the same or alternative </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>re-invite Tenders on the same or alternative basis;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4AC99D8E" w14:textId="77777777" w:rsidR="00EB36B3" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">choose not to award any Contract </w:t>
-[...31 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>choose not to award any Contract as a result of the current Procurement;</w:t>
+      </w:r>
       <w:r w:rsidR="00E65FF3" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48BC8D21" w14:textId="331A5C4E" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="00EB36B3" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">choose to award more than one Contract </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> the current Procurement</w:t>
+        <w:t>choose to award more than one Contract as a result of the current Procurement</w:t>
       </w:r>
       <w:r w:rsidR="006B5E8E" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00E65FF3" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>And</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047EF6F8" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
@@ -13118,136 +12709,105 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3169558E" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If a serious misrepresentation by the Tenderer induces the Authority to </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> a Contract with the Tenderer:</w:t>
+        <w:t>If a serious misrepresentation by the Tenderer induces the Authority to enter into a Contract with the Tenderer:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3103FE3B" w14:textId="343805FB" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Tenderer may be excluded from bidding for </w:t>
       </w:r>
       <w:r w:rsidR="001013B8" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>public contracts</w:t>
       </w:r>
       <w:r w:rsidR="00CA11BE" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> under section 57 of the Procurement Act </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA11BE" w:rsidRPr="00960034">
+        <w:t xml:space="preserve"> under section 57 of the Procurement Act 2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2023</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="013CE884" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -13367,150 +12927,79 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0880BA65" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Authority may make further enquiries if the Tenderer </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> a separate tender from another tenderer within the Tenderer’s group of companies. This is so the Authority can be sure that the Tenderer’s involvement does not cause:</w:t>
+        <w:t>The Authority may make further enquiries if the Tenderer is connected with another tender for the same requirement. For example, where the Tenderer either submits a Tender: (i) in the Tenderer’s own name and/or as a sub-contractor and/or as a member of a consortium connected with a separate tender; or (ii) in the Tenderer’s own name which is similar to a separate tender from another tenderer within the Tenderer’s group of companies. This is so the Authority can be sure that the Tenderer’s involvement does not cause:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7B7BB9" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Potential or actual conflicts of </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Potential or actual conflicts of interest;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1546498B" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13775,63 +13264,52 @@
     </w:p>
     <w:p w14:paraId="5CA46B72" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reject a Tender if there is a subsequent change of identity, control, financial standing or other factor relating to the Tenderer, any consortium member or sub-contractor named in the Tender throughout any point during this </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Reject a Tender if there is a subsequent change of identity, control, financial standing or other factor relating to the Tenderer, any consortium member or sub-contractor named in the Tender throughout any point during this Procurement;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2ABACD48" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13949,96 +13427,85 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Part D: Confidentiality</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="1FC13D8D" w14:textId="42394A7B" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="_Ref270323790"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>contents of this IT</w:t>
       </w:r>
       <w:r w:rsidR="0083629D" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> associated documents and information provided by the Authority are provided on condition that they remain the property of the Authority and are kept confidential (including the fact that the Tenderer has received this IT</w:t>
+        <w:t>, associated documents and information provided by the Authority are provided on condition that they remain the property of the Authority and are kept confidential (including the fact that the Tenderer has received this IT</w:t>
       </w:r>
       <w:r w:rsidR="009C32C5" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>). The Tenderer shall take all necessary precautions to ensure that they remain confidential and are not used or disclosed, save as described below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5362FA53" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -14065,63 +13532,52 @@
     </w:p>
     <w:p w14:paraId="172A3386" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">disclosure is for the purpose of enabling a Tender to be submitted and the recipient of the information undertakes in writing to keep it confidential on the same terms as the </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>disclosure is for the purpose of enabling a Tender to be submitted and the recipient of the information undertakes in writing to keep it confidential on the same terms as the Tenderer;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="49074856" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -14156,71 +13612,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="35D2973B" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">When providing details as part of a Tender, Tenderers agree to </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> procure the waiver from any relevant third party of, any contractual or other confidentiality rights and obligations associated with these details.</w:t>
+        <w:t>When providing details as part of a Tender, Tenderers agree to waive, or procure the waiver from any relevant third party of, any contractual or other confidentiality rights and obligations associated with these details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B0084ED" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -14291,71 +13727,51 @@
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In addition to the provisions of Section 4 Part E to this IT</w:t>
       </w:r>
       <w:r w:rsidR="009C32C5" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Tenderers agree and acknowledge that the Authority may use third parties </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> its evaluation of Tenders. The Authority may disclose information contained therein to such third parties for the purposes of the Authority’s Tender evaluation.</w:t>
+        <w:t>, Tenderers agree and acknowledge that the Authority may use third parties in the course of its evaluation of Tenders. The Authority may disclose information contained therein to such third parties for the purposes of the Authority’s Tender evaluation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D41F518" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light" w:cs="Calibri"/>
           <w:color w:val="8C092B"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc105667325"/>
       <w:bookmarkStart w:id="45" w:name="_Toc156237429"/>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light" w:cs="Calibri"/>
           <w:color w:val="8C092B"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Part E: Publicity Announcements, Transparency, Freedom of Information and Environmental Regulations</w:t>
       </w:r>
       <w:bookmarkStart w:id="46" w:name="_Hlk10101026"/>
@@ -14493,71 +13909,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1DD06477" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">All Central Government Departments, their Executive Agencies and Non-Departmental Public Bodies are subject to control and reporting within Government. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> report to the Cabinet Office and HM Treasury for all expenditure. Further, the Cabinet Office has a cross-Government role delivering </w:t>
+        <w:t xml:space="preserve">All Central Government Departments, their Executive Agencies and Non-Departmental Public Bodies are subject to control and reporting within Government. In particular, they report to the Cabinet Office and HM Treasury for all expenditure. Further, the Cabinet Office has a cross-Government role delivering </w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>overall Government policy on public procurement, including ensuring value for money and related aspects of good procurement practice. For these purposes, the Authority may disclose within Government any of the Tenderer’s documents and information (including any that the Tenderer considers to be confidential and/or commercially sensitive) provided in its Tender. The information will not be disclosed outside Government during the Procurement. Tenderers consent to these terms as part of the Procurement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F5175DA" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light" w:cs="Calibri"/>
           <w:color w:val="8C092B"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="_Toc105667326"/>
       <w:bookmarkStart w:id="48" w:name="_Toc156237430"/>
@@ -14668,215 +14064,160 @@
     </w:p>
     <w:p w14:paraId="7DE12DF1" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Details of the </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Details of the COI;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="42AC6C43" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Roles and responsibilities of the individuals who will manage the </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Roles and responsibilities of the individuals who will manage the COI;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6BC22DF7" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Standards for integrity and fair </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Standards for integrity and fair dealing;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="136A3E97" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Levels of access to and protection of competition sensitive </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Levels of access to and protection of competition sensitive information;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6DEFE305" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Confidentiality/non-disclosure </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Confidentiality/non-disclosure agreements;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="26E5318D" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -15078,71 +14419,51 @@
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="005F69B4" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">) clear calendar days between the date of dispatch of notice of the Contract award decision to Tenderers and the date of </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> a Contract, known as the standstill period. The standstill period ends at midnight at the end of the 10</w:t>
+        <w:t>) clear calendar days between the date of dispatch of notice of the Contract award decision to Tenderers and the date of entering into a Contract, known as the standstill period. The standstill period ends at midnight at the end of the 10</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> day after the date the Contract award notification letters have been issued to all Tenderers. Where this is not a working day, this will extend to midnight at the end of the next working day. </w:t>
       </w:r>
       <w:r w:rsidR="00B45C34" w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -15386,189 +14707,109 @@
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not likely</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">to apply if this Procurement results in a Contract being awarded. However, the Authority is not liable for this </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> they</w:t>
+        <w:t>to apply if this Procurement results in a Contract being awarded. However, the Authority is not liable for this opinion and Tenderers should determine for themselves whether or not they</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> believe that TUPE will apply. The Authority’s view is based on the Services are to be carried out in connection with a single specific event or task of short-term duration. The Authority expects Tenders to be made on the basis that TUPE does not apply. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="672616EA" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The indemnities set out in the Contract will be given by the Authority </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> there is a TUPE transfer.</w:t>
+        <w:t>The indemnities set out in the Contract will be given by the Authority in the event that there is a TUPE transfer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B4A0BEA" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is the responsibility of Tenderers to take their own advice and consider whether TUPE is likely to apply in the </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> of the Contract and to act accordingly. Notwithstanding paragraph 4.34 above, the Authority makes no representations or warranties as to the applicability of TUPE to this Procurement. The Tenderer is encouraged to carry out its own due diligence exercise.</w:t>
+        <w:t>It is the responsibility of Tenderers to take their own advice and consider whether TUPE is likely to apply in the particular circumstances of the Contract and to act accordingly. Notwithstanding paragraph 4.34 above, the Authority makes no representations or warranties as to the applicability of TUPE to this Procurement. The Tenderer is encouraged to carry out its own due diligence exercise.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B7E1FB" w14:textId="52D90F10" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If Tenderers have a contrary view to that of the Authority on the applicability of TUPE they should advise the Authority, giving reasons, by raising a clarification in accordance with Section 3 Part I to this IT</w:t>
@@ -15782,69 +15023,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dvantageous Tender (MAT) methodology. This is where the Authority assesses a Tender based on a combination of commercial, quality, and price elements</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The Authority chooses to award the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the Authority shall award the Contract to the Tenderer which submits the highest scoring Tender.</w:t>
+        <w:t xml:space="preserve"> The Authority chooses to award the Contract, the Authority shall award the Contract to the Tenderer which submits the highest scoring Tender.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F1A1815" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="271AE09B" w14:textId="4E547ED1" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
@@ -17625,71 +16848,51 @@
         <w:t>that are not whole numbers will be rounded to two decimal places.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7785DF54" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The total weighted quality score shall be calculated by adding together </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> the Tenderer’s weighted scores for their quality</w:t>
+        <w:t>The total weighted quality score shall be calculated by adding together all of the Tenderer’s weighted scores for their quality</w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">submissions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65D59645" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -18325,69 +17528,58 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="10C9BFA9" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26CA6E11" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>In the event that</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> the Authority cannot for any reason award the Contract to the </w:t>
+        <w:t xml:space="preserve">In the event that the Authority cannot for any reason award the Contract to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00960034">
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>highest scoring Tenderer, the Authority reserves the right to award the Contract to the next highest scoring Tenderer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EED5A71" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32B379D8" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="002B705A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Calibri"/>
           <w:color w:val="8C092B"/>
@@ -21218,73 +20410,51 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">use the Normal margin setting 2.54 cm. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A742DF7" w14:textId="09D83C6D" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="00437A45">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The pages that are </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> the above limit will not be evaluated. </w:t>
+              <w:t xml:space="preserve">The pages that are over the above limit will not be evaluated. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B705A" w:rsidRPr="00960034" w14:paraId="4725702D" w14:textId="77777777" w:rsidTr="00437A45">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="699F1FDB" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="00437A45">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
@@ -21465,194 +20635,106 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>As a minimum your response should include:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FA8E624" w14:textId="29B4B361" w:rsidR="00B07DE1" w:rsidRPr="00960034" w:rsidRDefault="00B07DE1" w:rsidP="00B07DE1">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">• A detailed description of the methods to be used in undertaking the project, indicating the resources that will be </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00960034">
+              <w:t>• A detailed description of the methods to be used in undertaking the project, indicating the resources that will be utilised, outlining a clear justification as to why your chosen methodology will provide the best outcome; and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D91ECC3" w14:textId="3518FCD7" w:rsidR="00B07DE1" w:rsidRPr="00960034" w:rsidRDefault="00B07DE1" w:rsidP="00B07DE1">
+            <w:pPr>
+              <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>utilised</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>, outlining a clear justification as to why your chosen methodology will provide the best outcome; and</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3D91ECC3" w14:textId="3518FCD7" w:rsidR="00B07DE1" w:rsidRPr="00960034" w:rsidRDefault="00B07DE1" w:rsidP="00B07DE1">
+              <w:t>• Set out how your methods meet the project objectives.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18562ECA" w14:textId="77777777" w:rsidR="00812214" w:rsidRPr="00960034" w:rsidRDefault="00812214" w:rsidP="00B07DE1">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00960034">
+          </w:p>
+          <w:p w14:paraId="4B86BC11" w14:textId="68ACFA6B" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="00B07DE1" w:rsidP="00B07DE1">
+            <w:pPr>
+              <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00960034">
+              <w:rPr>
+                <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>• Set out how your methods meet the project objectives.</w:t>
-[...98 lines deleted...]
-              <w:t xml:space="preserve"> latter, please include a recommendation for the size and composition of the sample and justification for your approach</w:t>
+              <w:t>In detail, please specify the techniques you intend to use and give some indication of their strengths and limitations. Please indicate whether you intend using existing datasets and/or whether you intend using an alternative source. If the latter, please include a recommendation for the size and composition of the sample and justification for your approach</w:t>
             </w:r>
             <w:r w:rsidR="00812214" w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1376" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AE9BF6E" w14:textId="399F6D00" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="00B94A84" w:rsidP="00437A45">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -21861,73 +20943,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="38AC5AD5" w14:textId="6418B8CF" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="00437A45">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The pages that are </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> the above limit will not be evaluated. </w:t>
+              <w:t xml:space="preserve">The pages that are over the above limit will not be evaluated. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B94A84" w:rsidRPr="00960034" w14:paraId="3059DB47" w14:textId="77777777" w:rsidTr="00437A45">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1204" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3651B362" w14:textId="4E67D617" w:rsidR="00B94A84" w:rsidRPr="00960034" w:rsidRDefault="00B94A84" w:rsidP="00B94A84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
@@ -22009,84 +21069,62 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>The Tenderer must submit a response.</w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007103D0" w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Please demonstrate how your skills and knowledge will ensure that you deliver the requirements necessary for </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">Please demonstrate how your skills and knowledge will ensure that you deliver the requirements necessary for a </w:t>
+            </w:r>
             <w:r w:rsidR="007103D0" w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">a </w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>successful</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> delivery of this project.  This section should cover your project team expertise and project management skills. </w:t>
+              <w:t xml:space="preserve">successful delivery of this project.  This section should cover your project team expertise and project management skills. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="100BA1DA" w14:textId="15EB12BA" w:rsidR="00B94A84" w:rsidRPr="00960034" w:rsidRDefault="007103D0" w:rsidP="007103D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Please explain how you will maintain your ability to deliver these through the lifetime of the project, and outline how you will mitigate any risks.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -22247,73 +21285,51 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">should be submitted in Font Arial 11pt using single line spacing.  Please use the Normal margin setting 2.54 cm. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="083D3D00" w14:textId="1F15179D" w:rsidR="00B94A84" w:rsidRPr="00960034" w:rsidRDefault="00497FEC" w:rsidP="00497FEC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The pages that are </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> the above limit will not be evaluated.</w:t>
+              <w:t>The pages that are over the above limit will not be evaluated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B705A" w:rsidRPr="00960034" w14:paraId="68309E1E" w14:textId="77777777" w:rsidTr="00437A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14312" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="024D3D2D" w14:textId="77777777" w:rsidR="002B705A" w:rsidRPr="00960034" w:rsidRDefault="002B705A" w:rsidP="00437A45">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -25171,138 +24187,108 @@
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>We agree that:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="642D896B" w14:textId="77777777" w:rsidR="001561F7" w:rsidRPr="00960034" w:rsidRDefault="001561F7" w:rsidP="001561F7">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1418" w:hanging="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="28"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">pursuant to the Electronic Identification Regulation (EU) 910/2014 and the Electronic Communications Act 2000, the Contract may be executed electronically using the Authority’s electronic tendering and contract management </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>pursuant to the Electronic Identification Regulation (EU) 910/2014 and the Electronic Communications Act 2000, the Contract may be executed electronically using the Authority’s electronic tendering and contract management system;</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="41FDAD1B" w14:textId="0EF79B84" w:rsidR="001561F7" w:rsidRPr="00960034" w:rsidRDefault="001561F7" w:rsidP="001561F7">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1418" w:hanging="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">we are legally bound to comply with the confidentiality provisions set out in the </w:t>
-[...8 lines deleted...]
-              <w:t>IT</w:t>
+              <w:t>we are legally bound to comply with the confidentiality provisions set out in the IT</w:t>
             </w:r>
             <w:r w:rsidR="00DF035D" w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="3BE6B97A" w14:textId="77777777" w:rsidR="001561F7" w:rsidRPr="00960034" w:rsidRDefault="001561F7" w:rsidP="001561F7">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1418" w:hanging="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">any other terms or conditions or any general reservation which may be provided in any correspondence sent by us in connection with this Procurement shall not form part of this Tender without the prior written consent of the </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>any other terms or conditions or any general reservation which may be provided in any correspondence sent by us in connection with this Procurement shall not form part of this Tender without the prior written consent of the Authority;</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="1D6660E7" w14:textId="75D881C1" w:rsidR="001561F7" w:rsidRPr="00960034" w:rsidRDefault="001561F7" w:rsidP="001561F7">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1418" w:hanging="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>the Tender shall be open for acceptance for 120 days from the closing date for the submission of Tenders specified in the IT</w:t>
             </w:r>
             <w:r w:rsidR="00DF035D" w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -25459,192 +24445,123 @@
           </w:p>
           <w:p w14:paraId="29C5BF9C" w14:textId="77777777" w:rsidR="001561F7" w:rsidRPr="00960034" w:rsidRDefault="001561F7" w:rsidP="001561F7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1418" w:hanging="567"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="28"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">the amount of our Tender has not been calculated by agreement or arrangement with any person other than the Authority and that the amount of our Tender has not been communicated to any person until after the closing date for the submission of Tenders and in any event not without the consent of the </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>the amount of our Tender has not been calculated by agreement or arrangement with any person other than the Authority and that the amount of our Tender has not been communicated to any person until after the closing date for the submission of Tenders and in any event not without the consent of the Authority;</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="22548204" w14:textId="77777777" w:rsidR="001561F7" w:rsidRPr="00960034" w:rsidRDefault="001561F7" w:rsidP="001561F7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1418" w:hanging="567"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="28"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>we have not canvassed and will not, before the evaluation process, canvass or solicit any member or officer, employee or agent of the Authority or other contracting authority in connection with the award of the Contract and that no person employed by us has done or will do any such act; and</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F0C8BBA" w14:textId="77777777" w:rsidR="001561F7" w:rsidRPr="00960034" w:rsidRDefault="001561F7" w:rsidP="001561F7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1418" w:hanging="567"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="28"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">we have not </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> they may submit a Tender, or the form or content of their Tender, except for the purposes of forming a consortium.</w:t>
+              <w:t>we have not made arrangements with any other party about the form or content of our Tender, whether or not they may submit a Tender, or the form or content of their Tender, except for the purposes of forming a consortium.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F5921DB" w14:textId="75012212" w:rsidR="001561F7" w:rsidRPr="00960034" w:rsidRDefault="001561F7" w:rsidP="001561F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">I warrant that I am </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> to sign this Tender for and on behalf of the Tenderer and confirm that we have complied with all the requirements of the IT</w:t>
+              <w:t>I warrant that I am authorised to sign this Tender for and on behalf of the Tenderer and confirm that we have complied with all the requirements of the IT</w:t>
             </w:r>
             <w:r w:rsidR="00DF035D" w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Calibri" w:hAnsi="Univers Light"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001561F7" w:rsidRPr="00960034" w14:paraId="0C60616E" w14:textId="77777777" w:rsidTr="00437A45">
@@ -26623,91 +25540,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nature and purposes of the Processing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7423" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="248B6194" w14:textId="2D4558DE" w:rsidR="00BE503D" w:rsidRPr="00960034" w:rsidRDefault="007B7318" w:rsidP="00437A45">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">The nature of the processing might </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> by automated means) etc. The purpose is to investigate the nature of the impact of minimum wage increases. The nature of processing will include the storage and use of names and business contact details of staff of both the Authority and the Supplier as necessary to deliver the services and to undertake the Contract and performance </w:t>
+              <w:t xml:space="preserve">The nature of the processing might include: collection, recording, organisation, structuring, storage, adaptation or alteration, retrieval, consultation, use, disclosure by transmission, dissemination or otherwise making available, alignment or combination, restriction, erasure or destruction of data (whether or not by automated means) etc. The purpose is to investigate the nature of the impact of minimum wage increases. The nature of processing will include the storage and use of names and business contact details of staff of both the Authority and the Supplier as necessary to deliver the services and to undertake the Contract and performance </w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>management. The Contract itself will include the names and business contact details of staff of both the Authority and the Supplier involved in managing the Contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE503D" w:rsidRPr="00960034" w14:paraId="22DF6016" w14:textId="77777777" w:rsidTr="00437A45">
         <w:trPr>
           <w:trHeight w:val="1400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="205E46B5" w14:textId="77777777" w:rsidR="00BE503D" w:rsidRPr="00960034" w:rsidRDefault="00BE503D" w:rsidP="00437A45">
             <w:pPr>
               <w:rPr>
@@ -27216,86 +26093,70 @@
                 <w:t>here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
               <w:t>. We are responsible for evaluating the effects of the NMW and NLW and making recommendations on future rates. To carry out these functions, our work involves:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4333D3A6" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00C33869">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">carrying out extensive research and consultation with employers, workers and their representatives and taking written and oral evidence from a wide range of </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>carrying out extensive research and consultation with employers, workers and their representatives and taking written and oral evidence from a wide range of organisations;</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="364B6770" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00C33869">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">analysing relevant data to understand the state of the economy and labour market and the impact of the minimum </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>analysing relevant data to understand the state of the economy and labour market and the impact of the minimum wage;</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="0071E2BF" w14:textId="10E93561" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00C33869">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
               <w:t>commissioning research projects into these questions.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C145A5B" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
@@ -27607,94 +26468,66 @@
           <w:p w14:paraId="366EFF5B" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
               <w:t>This research should use quantitative methods. This could include econometric or other statistical approaches. Potential contractors should specify the techniques that they intend to employ.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B470F0A" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projects should use firm-level data. There are a range of potential data sources available. There have been recent developments in data linking to produce worker-employer datasets. These may be particularly well-suited to this research. Tenders should give some indication of the strengths and limitations of any data they plan to use or collect and </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00960034">
+              <w:t>Projects should use firm-level data. There are a range of potential data sources available. There have been recent developments in data linking to produce worker-employer datasets. These may be particularly well-suited to this research. Tenders should give some indication of the strengths and limitations of any data they plan to use or collect and in particular whether the available data will restrict the analysis in any way.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5018C953" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
-              <w:t>in particular whether</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the available data will restrict the analysis in any way.</w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">The research should use up to date, respected, methods, in line with recent studies. It is essential that the methodology and analysis </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> up to external scrutiny by professional academics, economists, statisticians and analysts. </w:t>
+              <w:t xml:space="preserve">The research should use up to date, respected, methods, in line with recent studies. It is essential that the methodology and analysis stands up to external scrutiny by professional academics, economists, statisticians and analysts. </w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Researchers should also show how their research improves or builds upon existing research. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61F0550F" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F9D9972" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00C33869">
       <w:pPr>
         <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -27934,250 +26767,162 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">In addition, there would be other deliverables expected. These will include: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B837C45" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">An informal presentation of the project at an initial </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>An informal presentation of the project at an initial meeting;</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="3E43442D" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">A methodology </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">A methodology paper; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="359B3569" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regular updates on emerging findings and project </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Regular updates on emerging findings and project progress;</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="1E5CC66D" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>At least four presentations of the key aspects of the work (April 2026 and September 2027, with interim presentations in September 2026 and April 2027</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve">At least four presentations of the key aspects of the work (April 2026 and September 2027, with interim presentations in September 2026 and April 2027);  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68350FCC" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Two interim reports (September 2026 and April 2027</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Two interim reports (September 2026 and April 2027); </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56ABFAE5" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">A draft final </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">A draft final report; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EC511B7" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">A final report incorporating comments from LPC; </w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
@@ -28337,67 +27082,57 @@
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C00000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C00000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C00000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C00000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6314D5D6" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
             <w:pPr>
               <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Findings from this project will inform the LPC’s 2026 and 2027 deliberations. This means that researchers must provide the LPC with </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>final results</w:t>
-[...8 lines deleted...]
-              <w:t>, usually in the form of a draft final report,</w:t>
+              <w:t>final results, usually in the form of a draft final report,</w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">by September 2027 </w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>at the latest</w:t>
             </w:r>
@@ -29324,60 +28059,52 @@
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00C33869" w:rsidRPr="00960034" w14:paraId="0695FE62" w14:textId="77777777" w:rsidTr="00F77544">
               <w:trPr>
                 <w:trHeight w:val="300"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4414" w:type="dxa"/>
                   <w:tcMar>
                     <w:left w:w="105" w:type="dxa"/>
                     <w:right w:w="105" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="7BAB30D9" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00960034">
                     <w:rPr>
                       <w:rFonts w:ascii="Univers Light" w:hAnsi="Univers Light" w:cs="Arial"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Presentation of </w:t>
+                    <w:t>Presentation of final results</w:t>
                   </w:r>
-                  <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-                  <w:proofErr w:type="gramEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2672" w:type="dxa"/>
                   <w:tcMar>
                     <w:left w:w="105" w:type="dxa"/>
                     <w:right w:w="105" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="717DEA64" w14:textId="77777777" w:rsidR="00C33869" w:rsidRPr="00960034" w:rsidRDefault="00C33869" w:rsidP="00F77544">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00960034">
                     <w:rPr>
                       <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
                     </w:rPr>
                     <w:t>September 2027</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
@@ -30146,66 +28873,52 @@
               </w:rPr>
               <w:t xml:space="preserve"> to support this thinking. You sh</w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0B0B0B"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">ould </w:t>
             </w:r>
             <w:hyperlink r:id="rId38">
               <w:r w:rsidRPr="00960034">
                 <w:rPr>
                   <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="FC5A1A"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">contact </w:t>
+                <w:t>contact DDaT</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0B0B0B"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> as early as possible if you are unsure what requirements you will need to scope in the specification to ensure your programme supports the legal </w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
               <w:rPr>
                 <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0B0B0B"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">accessibility standards. </w:t>
             </w:r>
             <w:r w:rsidRPr="00960034">
@@ -33317,65 +32030,65 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D878310" w14:textId="77777777" w:rsidR="006462D7" w:rsidRPr="00960034" w:rsidRDefault="006462D7" w:rsidP="006462D7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers Light" w:eastAsia="Arial" w:hAnsi="Univers Light" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006462D7" w:rsidRPr="00960034" w:rsidSect="002066CA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BC41C2D" w14:textId="77777777" w:rsidR="00E91024" w:rsidRDefault="00E91024" w:rsidP="002B705A">
+    <w:p w14:paraId="518CF01B" w14:textId="77777777" w:rsidR="00516091" w:rsidRDefault="00516091" w:rsidP="002B705A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F4666B3" w14:textId="77777777" w:rsidR="00E91024" w:rsidRDefault="00E91024" w:rsidP="002B705A">
+    <w:p w14:paraId="163F1D11" w14:textId="77777777" w:rsidR="00516091" w:rsidRDefault="00516091" w:rsidP="002B705A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="40B045EB" w14:textId="77777777" w:rsidR="00E91024" w:rsidRDefault="00E91024"/>
+    <w:p w14:paraId="681CE806" w14:textId="77777777" w:rsidR="00516091" w:rsidRDefault="00516091"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -33415,51 +32128,50 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HAMLFJ+Arial">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Linux Libertine G">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Univers Light">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:altName w:val="ＭＳ Ｐゴシック"/>
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7AA1C8EF" w14:textId="77777777" w:rsidR="002B705A" w:rsidRDefault="002B705A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
@@ -33570,65 +32282,65 @@
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="002B705A">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="96092B"/>
       </w:rPr>
       <w:t xml:space="preserve">ITT Reference Number: </w:t>
     </w:r>
     <w:r w:rsidR="00280948">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="96092B"/>
       </w:rPr>
       <w:t>LPC 2025/08</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6822F9ED" w14:textId="77777777" w:rsidR="00E91024" w:rsidRDefault="00E91024" w:rsidP="002B705A">
+    <w:p w14:paraId="5C04E00B" w14:textId="77777777" w:rsidR="00516091" w:rsidRDefault="00516091" w:rsidP="002B705A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A2DC113" w14:textId="77777777" w:rsidR="00E91024" w:rsidRDefault="00E91024" w:rsidP="002B705A">
+    <w:p w14:paraId="10567CB8" w14:textId="77777777" w:rsidR="00516091" w:rsidRDefault="00516091" w:rsidP="002B705A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="00D3785B" w14:textId="77777777" w:rsidR="00E91024" w:rsidRDefault="00E91024"/>
+    <w:p w14:paraId="242D49FD" w14:textId="77777777" w:rsidR="00516091" w:rsidRDefault="00516091"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="6825DDB4" w14:textId="77777777" w:rsidR="003F2EB8" w:rsidRDefault="003F2EB8" w:rsidP="003F2EB8">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="740D39DB">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="740D39DB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> See EU definition of SME https://ec.europa.eu/growth/smes/business-friendly-environment/sme-definition_en.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="0FB7297F" w14:textId="77777777" w:rsidR="003F2EB8" w:rsidRDefault="003F2EB8" w:rsidP="003F2EB8">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
@@ -38558,52 +37270,51 @@
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="322585494">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1162088309">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="379482933">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1358776605">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="478377500">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1190800662">
     <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF26B5"/>
     <w:rsid w:val="0000098D"/>
     <w:rsid w:val="00002879"/>
     <w:rsid w:val="00011E4B"/>
@@ -38713,143 +37424,148 @@
     <w:rsid w:val="003262DA"/>
     <w:rsid w:val="00345ADB"/>
     <w:rsid w:val="00347D97"/>
     <w:rsid w:val="00361B9E"/>
     <w:rsid w:val="003669E4"/>
     <w:rsid w:val="003736C2"/>
     <w:rsid w:val="003746C9"/>
     <w:rsid w:val="003802BC"/>
     <w:rsid w:val="00396831"/>
     <w:rsid w:val="00396BC2"/>
     <w:rsid w:val="003A2215"/>
     <w:rsid w:val="003A297A"/>
     <w:rsid w:val="003C7F91"/>
     <w:rsid w:val="003D3CC5"/>
     <w:rsid w:val="003E25BF"/>
     <w:rsid w:val="003E31F0"/>
     <w:rsid w:val="003F2AE4"/>
     <w:rsid w:val="003F2EB8"/>
     <w:rsid w:val="003F373C"/>
     <w:rsid w:val="003F43BE"/>
     <w:rsid w:val="003F755F"/>
     <w:rsid w:val="00400468"/>
     <w:rsid w:val="00400504"/>
     <w:rsid w:val="00401CDA"/>
     <w:rsid w:val="004027FE"/>
+    <w:rsid w:val="00404F9C"/>
     <w:rsid w:val="004061F6"/>
     <w:rsid w:val="00411ADF"/>
     <w:rsid w:val="0041383E"/>
     <w:rsid w:val="00416CAE"/>
     <w:rsid w:val="0043237A"/>
     <w:rsid w:val="00437D37"/>
     <w:rsid w:val="00466734"/>
     <w:rsid w:val="004874FA"/>
     <w:rsid w:val="004962F0"/>
     <w:rsid w:val="00497FEC"/>
     <w:rsid w:val="004A1235"/>
     <w:rsid w:val="004A6669"/>
     <w:rsid w:val="004B3CF7"/>
     <w:rsid w:val="004B5630"/>
     <w:rsid w:val="004C023F"/>
     <w:rsid w:val="004C2190"/>
     <w:rsid w:val="004C2BB5"/>
     <w:rsid w:val="004C4749"/>
     <w:rsid w:val="004D0826"/>
     <w:rsid w:val="004D146C"/>
     <w:rsid w:val="004D31F6"/>
     <w:rsid w:val="004D3A2D"/>
     <w:rsid w:val="004E220F"/>
     <w:rsid w:val="004F5A6C"/>
     <w:rsid w:val="004F6EB3"/>
     <w:rsid w:val="0050066F"/>
     <w:rsid w:val="00502453"/>
+    <w:rsid w:val="00516091"/>
     <w:rsid w:val="005211D8"/>
     <w:rsid w:val="00526575"/>
     <w:rsid w:val="00535ECD"/>
     <w:rsid w:val="00540A66"/>
     <w:rsid w:val="00550D75"/>
     <w:rsid w:val="00550F47"/>
     <w:rsid w:val="00553C3C"/>
     <w:rsid w:val="00554A7B"/>
     <w:rsid w:val="00556B8A"/>
     <w:rsid w:val="0056078C"/>
     <w:rsid w:val="00570065"/>
     <w:rsid w:val="005804CE"/>
     <w:rsid w:val="005A028D"/>
     <w:rsid w:val="005A0CA8"/>
+    <w:rsid w:val="005A45D9"/>
     <w:rsid w:val="005D0A80"/>
     <w:rsid w:val="005D4C98"/>
     <w:rsid w:val="005D55D8"/>
     <w:rsid w:val="005D7885"/>
     <w:rsid w:val="005E50B4"/>
     <w:rsid w:val="005F023D"/>
     <w:rsid w:val="005F0F9C"/>
     <w:rsid w:val="005F1052"/>
     <w:rsid w:val="005F10D7"/>
     <w:rsid w:val="005F69B4"/>
     <w:rsid w:val="00604589"/>
     <w:rsid w:val="00605998"/>
     <w:rsid w:val="0061606E"/>
     <w:rsid w:val="00621026"/>
     <w:rsid w:val="00622415"/>
     <w:rsid w:val="0062686B"/>
     <w:rsid w:val="0063361D"/>
     <w:rsid w:val="00636B8E"/>
     <w:rsid w:val="0063770E"/>
     <w:rsid w:val="00640F9D"/>
     <w:rsid w:val="006462D7"/>
+    <w:rsid w:val="00657585"/>
     <w:rsid w:val="00661117"/>
     <w:rsid w:val="00662306"/>
     <w:rsid w:val="006719E0"/>
     <w:rsid w:val="006768AF"/>
     <w:rsid w:val="006866C8"/>
     <w:rsid w:val="0069178F"/>
     <w:rsid w:val="006923BE"/>
     <w:rsid w:val="00696482"/>
     <w:rsid w:val="00696FD9"/>
     <w:rsid w:val="006A0839"/>
     <w:rsid w:val="006B23F1"/>
     <w:rsid w:val="006B2A1B"/>
     <w:rsid w:val="006B309F"/>
     <w:rsid w:val="006B3AA9"/>
     <w:rsid w:val="006B5E8E"/>
     <w:rsid w:val="006B6E9E"/>
     <w:rsid w:val="006C1205"/>
     <w:rsid w:val="006D3B70"/>
     <w:rsid w:val="006E14AE"/>
     <w:rsid w:val="006E598C"/>
     <w:rsid w:val="006E7816"/>
     <w:rsid w:val="006F529D"/>
     <w:rsid w:val="006F5712"/>
     <w:rsid w:val="006F73B9"/>
     <w:rsid w:val="00702BEF"/>
     <w:rsid w:val="00703259"/>
     <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="007103D0"/>
     <w:rsid w:val="00717D61"/>
     <w:rsid w:val="00731DE6"/>
     <w:rsid w:val="00741A4C"/>
+    <w:rsid w:val="00751F8E"/>
     <w:rsid w:val="00764C08"/>
     <w:rsid w:val="007746F9"/>
     <w:rsid w:val="0077690A"/>
     <w:rsid w:val="00776C00"/>
     <w:rsid w:val="00784988"/>
     <w:rsid w:val="00792E16"/>
     <w:rsid w:val="00794615"/>
     <w:rsid w:val="007A6471"/>
     <w:rsid w:val="007B19F6"/>
     <w:rsid w:val="007B1B44"/>
     <w:rsid w:val="007B3FE3"/>
     <w:rsid w:val="007B5C02"/>
     <w:rsid w:val="007B645A"/>
     <w:rsid w:val="007B7318"/>
     <w:rsid w:val="007C4704"/>
     <w:rsid w:val="007E0467"/>
     <w:rsid w:val="007E2521"/>
     <w:rsid w:val="007E4100"/>
     <w:rsid w:val="007E4B4C"/>
     <w:rsid w:val="007E5CD2"/>
     <w:rsid w:val="007F0BE8"/>
     <w:rsid w:val="007F5AF0"/>
     <w:rsid w:val="007F7597"/>
     <w:rsid w:val="00801C4E"/>
     <w:rsid w:val="00801FA6"/>
@@ -38857,50 +37573,51 @@
     <w:rsid w:val="00812214"/>
     <w:rsid w:val="008124EE"/>
     <w:rsid w:val="008147F5"/>
     <w:rsid w:val="00815AAF"/>
     <w:rsid w:val="008175A7"/>
     <w:rsid w:val="008235B6"/>
     <w:rsid w:val="00823A0C"/>
     <w:rsid w:val="00826A6D"/>
     <w:rsid w:val="00826C98"/>
     <w:rsid w:val="00830110"/>
     <w:rsid w:val="0083011D"/>
     <w:rsid w:val="00831958"/>
     <w:rsid w:val="0083223A"/>
     <w:rsid w:val="00833844"/>
     <w:rsid w:val="0083629D"/>
     <w:rsid w:val="00840401"/>
     <w:rsid w:val="00844DCD"/>
     <w:rsid w:val="00847586"/>
     <w:rsid w:val="0084761F"/>
     <w:rsid w:val="00851EF7"/>
     <w:rsid w:val="008535FA"/>
     <w:rsid w:val="008610B1"/>
     <w:rsid w:val="008614E0"/>
     <w:rsid w:val="00875ECE"/>
     <w:rsid w:val="00884082"/>
+    <w:rsid w:val="008960A6"/>
     <w:rsid w:val="00897B11"/>
     <w:rsid w:val="008B5190"/>
     <w:rsid w:val="008B5384"/>
     <w:rsid w:val="008B57E6"/>
     <w:rsid w:val="008B7E23"/>
     <w:rsid w:val="008C21E1"/>
     <w:rsid w:val="008C4430"/>
     <w:rsid w:val="008C55E7"/>
     <w:rsid w:val="008C60E3"/>
     <w:rsid w:val="008E65CF"/>
     <w:rsid w:val="008E7432"/>
     <w:rsid w:val="0091264A"/>
     <w:rsid w:val="009209C8"/>
     <w:rsid w:val="00920ECC"/>
     <w:rsid w:val="00922650"/>
     <w:rsid w:val="00924011"/>
     <w:rsid w:val="00927CEA"/>
     <w:rsid w:val="00930E67"/>
     <w:rsid w:val="00932E8F"/>
     <w:rsid w:val="00936954"/>
     <w:rsid w:val="00947C0B"/>
     <w:rsid w:val="009529BB"/>
     <w:rsid w:val="0095337D"/>
     <w:rsid w:val="00960034"/>
     <w:rsid w:val="00966ABB"/>
@@ -39050,71 +37767,73 @@
     <w:rsid w:val="00DE607B"/>
     <w:rsid w:val="00DF035D"/>
     <w:rsid w:val="00DF26B5"/>
     <w:rsid w:val="00DF3A11"/>
     <w:rsid w:val="00DF6AE7"/>
     <w:rsid w:val="00E009A2"/>
     <w:rsid w:val="00E046E9"/>
     <w:rsid w:val="00E2184F"/>
     <w:rsid w:val="00E25595"/>
     <w:rsid w:val="00E32A2C"/>
     <w:rsid w:val="00E335C0"/>
     <w:rsid w:val="00E337D8"/>
     <w:rsid w:val="00E41FCA"/>
     <w:rsid w:val="00E45D33"/>
     <w:rsid w:val="00E464CB"/>
     <w:rsid w:val="00E50B0E"/>
     <w:rsid w:val="00E528D4"/>
     <w:rsid w:val="00E6143F"/>
     <w:rsid w:val="00E65FF3"/>
     <w:rsid w:val="00E7244D"/>
     <w:rsid w:val="00E754DB"/>
     <w:rsid w:val="00E91024"/>
     <w:rsid w:val="00E9147D"/>
     <w:rsid w:val="00E91CEC"/>
     <w:rsid w:val="00E91D02"/>
+    <w:rsid w:val="00E9638B"/>
     <w:rsid w:val="00EA24F4"/>
     <w:rsid w:val="00EA40EF"/>
     <w:rsid w:val="00EA5994"/>
     <w:rsid w:val="00EB36B3"/>
     <w:rsid w:val="00EC1D31"/>
     <w:rsid w:val="00EC4F5E"/>
     <w:rsid w:val="00EC60C7"/>
     <w:rsid w:val="00ED5DF5"/>
     <w:rsid w:val="00EE012D"/>
     <w:rsid w:val="00EE5011"/>
     <w:rsid w:val="00EE5BC3"/>
     <w:rsid w:val="00EE5F1E"/>
     <w:rsid w:val="00F01526"/>
     <w:rsid w:val="00F01CD2"/>
     <w:rsid w:val="00F0501F"/>
     <w:rsid w:val="00F067FF"/>
     <w:rsid w:val="00F223BE"/>
     <w:rsid w:val="00F2299C"/>
     <w:rsid w:val="00F23FDD"/>
     <w:rsid w:val="00F25AD1"/>
     <w:rsid w:val="00F25C3C"/>
+    <w:rsid w:val="00F25D2C"/>
     <w:rsid w:val="00F31F96"/>
     <w:rsid w:val="00F333A2"/>
     <w:rsid w:val="00F35047"/>
     <w:rsid w:val="00F40524"/>
     <w:rsid w:val="00F44EC3"/>
     <w:rsid w:val="00F467D9"/>
     <w:rsid w:val="00F56C4C"/>
     <w:rsid w:val="00F6313C"/>
     <w:rsid w:val="00F71FCB"/>
     <w:rsid w:val="00F84C53"/>
     <w:rsid w:val="00F868EA"/>
     <w:rsid w:val="00F90D40"/>
     <w:rsid w:val="00F96091"/>
     <w:rsid w:val="00F96A33"/>
     <w:rsid w:val="00FA0993"/>
     <w:rsid w:val="00FA3D53"/>
     <w:rsid w:val="00FA5111"/>
     <w:rsid w:val="00FA655F"/>
     <w:rsid w:val="00FA74DC"/>
     <w:rsid w:val="00FB6969"/>
     <w:rsid w:val="00FC0356"/>
     <w:rsid w:val="00FC0D9B"/>
     <w:rsid w:val="00FC74F7"/>
     <w:rsid w:val="00FD0BD7"/>
     <w:rsid w:val="00FD1D6C"/>
@@ -41381,188 +40100,50 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...136 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002FC3009EC577064F96C4F303DA95B1A1" ma:contentTypeVersion="72" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d62e3434fd63974760442babbc1d566">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xmlns:ns3="0063f72e-ace3-48fb-9c1f-5b513408b31f" xmlns:ns4="b413c3fd-5a3b-4239-b985-69032e371c04" xmlns:ns5="a8f60570-4bd3-4f2b-950b-a996de8ab151" xmlns:ns6="aaacb922-5235-4a66-b188-303b9b46fbd7" xmlns:ns7="c7006ed2-bff5-4197-8563-9e8a20eb545e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="85a3fd798b117fb8b72e8722886c9cd3" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="" ns7:_="">
     <xsd:import namespace="8d9365d7-aa46-47e6-9b60-e2fe93f8162b"/>
     <xsd:import namespace="0063f72e-ace3-48fb-9c1f-5b513408b31f"/>
     <xsd:import namespace="b413c3fd-5a3b-4239-b985-69032e371c04"/>
     <xsd:import namespace="a8f60570-4bd3-4f2b-950b-a996de8ab151"/>
     <xsd:import namespace="aaacb922-5235-4a66-b188-303b9b46fbd7"/>
     <xsd:import namespace="c7006ed2-bff5-4197-8563-9e8a20eb545e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Document_x0020_Notes" minOccurs="0"/>
                 <xsd:element ref="ns3:Security_x0020_Classification" minOccurs="0"/>
                 <xsd:element ref="ns2:Handling_x0020_Instructions" minOccurs="0"/>
                 <xsd:element ref="ns3:Descriptor" minOccurs="0"/>
                 <xsd:element ref="ns4:Government_x0020_Body" minOccurs="0"/>
                 <xsd:element ref="ns5:Retention_x0020_Label" minOccurs="0"/>
                 <xsd:element ref="ns4:Date_x0020_Opened" minOccurs="0"/>
                 <xsd:element ref="ns4:Date_x0020_Closed" minOccurs="0"/>
                 <xsd:element ref="ns2:National_x0020_Caveat" minOccurs="0"/>
                 <xsd:element ref="ns2:CIRRUSPreviousLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:CIRRUSPreviousID" minOccurs="0"/>
@@ -42198,131 +40779,269 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Government_x0020_Body xmlns="b413c3fd-5a3b-4239-b985-69032e371c04">DIT</Government_x0020_Body>
+    <Date_x0020_Opened xmlns="b413c3fd-5a3b-4239-b985-69032e371c04">2024-12-04T05:40:04+00:00</Date_x0020_Opened>
+    <LegacyFolderNotes xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7006ed2-bff5-4197-8563-9e8a20eb545e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <LegacyData xmlns="aaacb922-5235-4a66-b188-303b9b46fbd7" xsi:nil="true"/>
+    <CIRRUSPreviousID xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyCaseReferenceNumber xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Descriptor xmlns="0063f72e-ace3-48fb-9c1f-5b513408b31f" xsi:nil="true"/>
+    <LegacyLastActionDate xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyHomeLocation xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyMinister xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <m975189f4ba442ecbf67d4147307b177 xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Unknown</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">217df236-3aaa-47f1-ab07-10a7369f728e</TermId>
+        </TermInfo>
+      </Terms>
+    </m975189f4ba442ecbf67d4147307b177>
+    <LegacyRequestType xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDocumentLink xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDispositionAsOfDate xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDateFileReceived xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDocumentType xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyReferencesFromOtherItems xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyLastModifiedDate xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyProtectiveMarking xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyReferencesToOtherItems xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyMP xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyAdditionalAuthors xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyExpiryReviewDate xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDescriptor xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyRecordCategoryIdentifier xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Filesize xmlns="c7006ed2-bff5-4197-8563-9e8a20eb545e" xsi:nil="true"/>
+    <LegacyFolderType xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyStatusonTransfer xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDateFileReturned xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Document_x0020_Notes xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDateClosed xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyPhysicalItemLocation xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Security_x0020_Classification xmlns="0063f72e-ace3-48fb-9c1f-5b513408b31f">OFFICIAL</Security_x0020_Classification>
+    <National_x0020_Caveat xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyModifier xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </LegacyModifier>
+    <LegacyFolder xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyTags xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <TaxCatchAll xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">
+      <Value>1</Value>
+    </TaxCatchAll>
+    <LegacyCustodian xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyDateFileRequested xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Handling_x0020_Instructions xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyFolderLink xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Retention_x0020_Label xmlns="a8f60570-4bd3-4f2b-950b-a996de8ab151" xsi:nil="true"/>
+    <LegacyCopyright xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <Date_x0020_Closed xmlns="b413c3fd-5a3b-4239-b985-69032e371c04" xsi:nil="true"/>
+    <LegacyRecordFolderIdentifier xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyFileplanTarget xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyContentType xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyPhysicalFormat xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">false</LegacyPhysicalFormat>
+    <CIRRUSPreviousLocation xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <CIRRUSPreviousRetentionPolicy xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyNumericClass xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <LegacyCurrentLocation xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b" xsi:nil="true"/>
+    <_dlc_DocId xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">2X6JEH5FJCUQ-489923256-62786</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="8d9365d7-aa46-47e6-9b60-e2fe93f8162b">
+      <Url>https://dbis.sharepoint.com/sites/LPC/_layouts/15/DocIdRedir.aspx?ID=2X6JEH5FJCUQ-489923256-62786</Url>
+      <Description>2X6JEH5FJCUQ-489923256-62786</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA41A3DA-3691-4ECA-9275-530150658227}">
-[...29 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B761759-B8C8-4B61-B88C-8750A9112DD7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8d9365d7-aa46-47e6-9b60-e2fe93f8162b"/>
     <ds:schemaRef ds:uri="0063f72e-ace3-48fb-9c1f-5b513408b31f"/>
     <ds:schemaRef ds:uri="b413c3fd-5a3b-4239-b985-69032e371c04"/>
     <ds:schemaRef ds:uri="a8f60570-4bd3-4f2b-950b-a996de8ab151"/>
     <ds:schemaRef ds:uri="aaacb922-5235-4a66-b188-303b9b46fbd7"/>
     <ds:schemaRef ds:uri="c7006ed2-bff5-4197-8563-9e8a20eb545e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A149E25-4388-48EE-B4C2-100F5F1AE1FD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91AFA789-66E3-434C-93D3-A21384C7CD5E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA41A3DA-3691-4ECA-9275-530150658227}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b413c3fd-5a3b-4239-b985-69032e371c04"/>
+    <ds:schemaRef ds:uri="8d9365d7-aa46-47e6-9b60-e2fe93f8162b"/>
+    <ds:schemaRef ds:uri="c7006ed2-bff5-4197-8563-9e8a20eb545e"/>
+    <ds:schemaRef ds:uri="aaacb922-5235-4a66-b188-303b9b46fbd7"/>
+    <ds:schemaRef ds:uri="0063f72e-ace3-48fb-9c1f-5b513408b31f"/>
+    <ds:schemaRef ds:uri="a8f60570-4bd3-4f2b-950b-a996de8ab151"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7AFF6D6-74C0-4635-AF27-F9063164B0C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>43</Pages>
-  <Words>11545</Words>
-  <Characters>63273</Characters>
+  <Words>11572</Words>
+  <Characters>63300</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2041</Lines>
-  <Paragraphs>923</Paragraphs>
+  <Paragraphs>891</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>73895</CharactersWithSpaces>
+  <CharactersWithSpaces>73981</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="348" baseType="variant">
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>294</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.gov.uk/guidance/guidance-and-tools-for-digital-accessibility</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>458832</vt:i4>
       </vt:variant>
       <vt:variant>